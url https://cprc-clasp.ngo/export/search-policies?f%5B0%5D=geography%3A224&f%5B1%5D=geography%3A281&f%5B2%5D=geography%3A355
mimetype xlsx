--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -1211,51 +1211,51 @@
       <c r="O5" t="s">
         <v>51</v>
       </c>
       <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
         <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>56</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>57</v>
       </c>