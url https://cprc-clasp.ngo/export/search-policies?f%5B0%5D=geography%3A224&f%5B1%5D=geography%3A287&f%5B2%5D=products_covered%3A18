--- v0 (2025-11-13)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -137,66 +137,66 @@
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
     <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
@@ -213,50 +213,53 @@
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
   </si>
   <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
     <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
@@ -602,51 +605,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -816,55 +819,53 @@
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>43</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>44</v>
       </c>
-      <c r="H5">
+      <c r="H5"/>
+      <c r="I5">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="J5" t="s">
         <v>37</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
@@ -1008,122 +1009,122 @@
       </c>
       <c r="P8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>65</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>43</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>35</v>
       </c>
       <c r="G9" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="H9">
         <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10" t="s">
         <v>36</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>38</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">