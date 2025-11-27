--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,275 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...4 lines deleted...]
-  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tunisia-clothes-washer-meps-label</t>
+  </si>
+  <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -544,527 +596,588 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="110" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>60</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>60</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...322 lines deleted...]
-        <v>61</v>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>