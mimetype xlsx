--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,209 +12,177 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-2010-30-eu</t>
   </si>
   <si>
-    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,365 +446,206 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="67" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="102" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="P2" t="s">
         <v>28</v>
-      </c>
-[...143 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>