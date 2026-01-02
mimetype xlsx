--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -68,93 +68,93 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -513,55 +513,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="392.761" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -599,159 +599,159 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
       <c r="I2">
         <v>2024</v>
       </c>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
         <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
       <c r="H4">
         <v>2011</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
         <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>44</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>