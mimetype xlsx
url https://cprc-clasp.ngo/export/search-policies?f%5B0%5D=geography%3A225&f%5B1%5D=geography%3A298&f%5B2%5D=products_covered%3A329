--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -62,84 +62,84 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
@@ -593,51 +593,51 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>