--- v0 (2025-11-29)
+++ v1 (2026-01-26)
@@ -62,89 +62,89 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
     <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>