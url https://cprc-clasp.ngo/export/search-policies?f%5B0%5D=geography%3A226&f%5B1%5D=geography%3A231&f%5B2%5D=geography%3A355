--- v0 (2025-11-08)
+++ v1 (2025-12-31)
@@ -2973,51 +2973,51 @@
       </c>
       <c r="P33" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>212</v>
       </c>
       <c r="B34" t="s">
         <v>213</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>214</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>61</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34">
         <v>2024</v>
       </c>
       <c r="J34" t="s">
         <v>215</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>216</v>
       </c>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>217</v>
       </c>