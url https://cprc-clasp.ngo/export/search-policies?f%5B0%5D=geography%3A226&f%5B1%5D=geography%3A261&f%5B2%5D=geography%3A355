--- v0 (2025-11-10)
+++ v1 (2026-01-01)
@@ -4192,51 +4192,51 @@
       <c r="O53" t="s">
         <v>295</v>
       </c>
       <c r="P53"/>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>296</v>
       </c>
       <c r="B54" t="s">
         <v>297</v>
       </c>
       <c r="C54" t="s">
         <v>214</v>
       </c>
       <c r="D54" t="s">
         <v>298</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>252</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54">
         <v>2024</v>
       </c>
       <c r="J54" t="s">
         <v>299</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
         <v>300</v>
       </c>
       <c r="M54" t="s">
         <v>217</v>
       </c>
       <c r="N54" t="s">
         <v>32</v>
       </c>
       <c r="O54" t="s">
         <v>301</v>
       </c>