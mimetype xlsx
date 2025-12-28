--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -3659,51 +3659,51 @@
       <c r="O15" t="s">
         <v>118</v>
       </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>119</v>
       </c>
       <c r="B16" t="s">
         <v>120</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
       <c r="D16" t="s">
         <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
         <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>123</v>
       </c>
       <c r="M16" t="s">
         <v>36</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>124</v>
       </c>