--- v0 (2025-12-01)
+++ v1 (2026-01-24)
@@ -640,54 +640,54 @@
       </c>
       <c r="P2"/>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="H3">
+      <c r="H3"/>
+      <c r="I3">
         <v>2024</v>
       </c>
-      <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>35</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">