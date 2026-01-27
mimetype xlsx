--- v0 (2025-11-11)
+++ v1 (2026-01-27)
@@ -2626,51 +2626,51 @@
       </c>
       <c r="P29" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>175</v>
       </c>
       <c r="B30" t="s">
         <v>176</v>
       </c>
       <c r="C30" t="s">
         <v>98</v>
       </c>
       <c r="D30" t="s">
         <v>177</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>68</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>178</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>179</v>
       </c>
       <c r="M30" t="s">
         <v>101</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>180</v>
       </c>