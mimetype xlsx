--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1528,51 +1528,51 @@
       <c r="O11" t="s">
         <v>90</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>91</v>
       </c>
       <c r="B12" t="s">
         <v>92</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>93</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
         <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>95</v>
       </c>
       <c r="M12" t="s">
         <v>25</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>96</v>
       </c>