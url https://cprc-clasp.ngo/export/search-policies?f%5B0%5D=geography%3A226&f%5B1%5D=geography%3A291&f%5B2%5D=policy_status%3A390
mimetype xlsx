--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,539 +12,411 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
-[...39 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Ovens</t>
+    <t>Freezers-only</t>
   </si>
   <si>
     <t>August 2025</t>
-  </si>
-[...28 lines deleted...]
-    <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
-[...5 lines deleted...]
-    <t>Freezers-only</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
-[...84 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>MS IEC 60456: 2012
-[...9 lines deleted...]
-  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
-    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standards for Television</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -808,1307 +680,726 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H3"/>
-[...108 lines deleted...]
-      <c r="C6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>72</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="D6" t="s">
-[...591 lines deleted...]
-      <c r="N19" t="s">
+      <c r="O13" t="s">
         <v>104</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" t="s">
+      <c r="P13" t="s">
         <v>105</v>
-      </c>
-[...379 lines deleted...]
-        <v>137</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>