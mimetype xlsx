--- v0 (2025-11-11)
+++ v1 (2026-01-27)
@@ -1489,51 +1489,51 @@
       <c r="O10" t="s">
         <v>88</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>89</v>
       </c>
       <c r="B11" t="s">
         <v>90</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>91</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
         <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>93</v>
       </c>
       <c r="M11" t="s">
         <v>25</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
         <v>94</v>
       </c>