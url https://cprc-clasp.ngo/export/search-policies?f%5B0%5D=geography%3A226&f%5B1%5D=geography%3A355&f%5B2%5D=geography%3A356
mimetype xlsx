--- v0 (2025-11-26)
+++ v1 (2026-01-27)
@@ -5510,51 +5510,51 @@
       </c>
       <c r="P69" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>323</v>
       </c>
       <c r="B70" t="s">
         <v>324</v>
       </c>
       <c r="C70" t="s">
         <v>18</v>
       </c>
       <c r="D70" t="s">
         <v>325</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>127</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H70">
         <v>2021</v>
       </c>
       <c r="I70">
         <v>2024</v>
       </c>
       <c r="J70" t="s">
         <v>326</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>327</v>
       </c>
       <c r="M70" t="s">
         <v>25</v>
       </c>
       <c r="N70" t="s">
         <v>26</v>
       </c>
       <c r="O70" t="s">
         <v>328</v>
       </c>