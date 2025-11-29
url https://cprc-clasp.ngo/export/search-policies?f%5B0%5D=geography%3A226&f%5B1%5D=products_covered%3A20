--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,167 +12,177 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,193 +446,206 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="110" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2017</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>