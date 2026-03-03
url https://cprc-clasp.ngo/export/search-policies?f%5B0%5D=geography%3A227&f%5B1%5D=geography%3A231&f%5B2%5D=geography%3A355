--- v0 (2025-11-06)
+++ v1 (2026-03-03)
@@ -2621,51 +2621,51 @@
       </c>
       <c r="P28" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>176</v>
       </c>
       <c r="B29" t="s">
         <v>177</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>178</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>179</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
         <v>180</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>181</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
         <v>182</v>
       </c>