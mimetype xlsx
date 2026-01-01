--- v0 (2025-11-12)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -531,77 +531,80 @@
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
     <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
   </si>
   <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
@@ -730,50 +733,53 @@
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
     <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
   </si>
   <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
@@ -1139,51 +1145,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2535,872 +2541,872 @@
       </c>
       <c r="P28" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>170</v>
       </c>
       <c r="B29" t="s">
         <v>171</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>172</v>
       </c>
       <c r="G29" t="s">
-        <v>50</v>
+        <v>173</v>
       </c>
       <c r="H29">
         <v>2000</v>
       </c>
       <c r="I29">
         <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>44</v>
+        <v>174</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P29" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>172</v>
       </c>
       <c r="G30" t="s">
         <v>50</v>
       </c>
       <c r="H30">
         <v>1999</v>
       </c>
       <c r="I30">
         <v>2022</v>
       </c>
       <c r="J30" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>49</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>172</v>
       </c>
       <c r="G31" t="s">
         <v>50</v>
       </c>
       <c r="H31">
         <v>2003</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
         <v>44</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>49</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>172</v>
       </c>
       <c r="G32" t="s">
         <v>50</v>
       </c>
       <c r="H32">
         <v>2003</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>44</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B33" t="s">
         <v>99</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>172</v>
       </c>
       <c r="G33" t="s">
         <v>50</v>
       </c>
       <c r="H33">
         <v>2005</v>
       </c>
       <c r="I33">
         <v>2005</v>
       </c>
       <c r="J33" t="s">
         <v>44</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>25</v>
       </c>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>70</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>172</v>
       </c>
       <c r="G34" t="s">
-        <v>50</v>
+        <v>173</v>
       </c>
       <c r="H34">
         <v>2005</v>
       </c>
       <c r="I34">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="J34" t="s">
-        <v>44</v>
+        <v>174</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>71</v>
       </c>
       <c r="M34" t="s">
         <v>26</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>70</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>172</v>
       </c>
       <c r="G35" t="s">
-        <v>50</v>
+        <v>173</v>
       </c>
       <c r="H35">
         <v>2005</v>
       </c>
       <c r="I35">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J35" t="s">
-        <v>44</v>
+        <v>174</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P35" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B36" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>49</v>
       </c>
       <c r="E36" t="s">
         <v>62</v>
       </c>
       <c r="F36" t="s">
         <v>172</v>
       </c>
       <c r="G36" t="s">
         <v>50</v>
       </c>
       <c r="H36">
         <v>2003</v>
       </c>
       <c r="I36">
         <v>2017</v>
       </c>
       <c r="J36" t="s">
         <v>44</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P36" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B37" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>49</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>172</v>
       </c>
       <c r="G37" t="s">
         <v>50</v>
       </c>
       <c r="H37">
         <v>2003</v>
       </c>
       <c r="I37">
         <v>2013</v>
       </c>
       <c r="J37" t="s">
         <v>44</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>70</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>172</v>
       </c>
       <c r="G38" t="s">
-        <v>50</v>
+        <v>173</v>
       </c>
       <c r="H38">
         <v>2000</v>
       </c>
       <c r="I38">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
         <v>44</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B39" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>172</v>
       </c>
       <c r="G39" t="s">
         <v>50</v>
       </c>
       <c r="H39">
         <v>2003</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
         <v>44</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M39" t="s">
         <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P39" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B40" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>49</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>172</v>
       </c>
       <c r="G40" t="s">
         <v>50</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40">
         <v>2020</v>
       </c>
       <c r="J40" t="s">
         <v>44</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M40" t="s">
         <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P40" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B41" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>49</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>172</v>
       </c>
       <c r="G41" t="s">
         <v>50</v>
       </c>
       <c r="H41">
         <v>2005</v>
       </c>
       <c r="I41">
         <v>2015</v>
       </c>
       <c r="J41" t="s">
         <v>44</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M41" t="s">
         <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P41" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B42" t="s">
         <v>37</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>172</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>239</v>
       </c>
       <c r="H42">
         <v>2020</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
         <v>38</v>
       </c>
       <c r="M42" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="P42" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B43" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>172</v>
       </c>
       <c r="G43" t="s">
         <v>8</v>
       </c>
       <c r="H43">
         <v>1989</v>
       </c>
       <c r="I43">
         <v>2025</v>
       </c>
       <c r="J43" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="M43" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="P43" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B44" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>43</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>172</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>38</v>
       </c>
       <c r="M44" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P44" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B45" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>61</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>172</v>
       </c>
       <c r="G45" t="s">
         <v>50</v>
       </c>
       <c r="H45">
         <v>2003</v>
       </c>
       <c r="I45">
         <v>2013</v>
       </c>
       <c r="J45" t="s">
         <v>44</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>95</v>
       </c>
       <c r="M45" t="s">
         <v>26</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P45" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">