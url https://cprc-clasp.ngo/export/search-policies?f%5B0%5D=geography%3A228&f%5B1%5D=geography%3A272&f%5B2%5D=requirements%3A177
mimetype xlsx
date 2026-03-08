--- v0 (2025-11-30)
+++ v1 (2026-03-08)
@@ -988,60 +988,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
@@ -1199,66 +1200,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
     <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
@@ -1913,51 +1914,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -4859,55 +4860,53 @@
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>304</v>
       </c>
       <c r="B64" t="s">
         <v>305</v>
       </c>
       <c r="C64" t="s">
         <v>110</v>
       </c>
       <c r="D64" t="s">
         <v>306</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>170</v>
       </c>
       <c r="G64" t="s">
         <v>307</v>
       </c>
       <c r="H64">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
         <v>308</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>309</v>
       </c>
       <c r="M64" t="s">
         <v>310</v>
       </c>
       <c r="N64" t="s">
         <v>39</v>
       </c>
       <c r="O64" t="s">
         <v>311</v>
       </c>
       <c r="P64" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>313</v>
@@ -5576,136 +5575,136 @@
         <v>23</v>
       </c>
       <c r="K79" t="s">
         <v>118</v>
       </c>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79" t="s">
         <v>39</v>
       </c>
       <c r="O79" t="s">
         <v>369</v>
       </c>
       <c r="P79" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>371</v>
       </c>
       <c r="B80" t="s">
         <v>372</v>
       </c>
       <c r="C80" t="s">
-        <v>30</v>
+        <v>156</v>
       </c>
       <c r="D80" t="s">
         <v>161</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>170</v>
       </c>
       <c r="G80" t="s">
         <v>57</v>
       </c>
       <c r="H80">
         <v>1992</v>
       </c>
       <c r="I80">
         <v>2013</v>
       </c>
       <c r="J80" t="s">
+        <v>295</v>
+      </c>
+      <c r="K80" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>32</v>
+        <v>374</v>
       </c>
       <c r="N80" t="s">
         <v>39</v>
       </c>
       <c r="O80" t="s">
         <v>375</v>
       </c>
       <c r="P80" t="s">
-        <v>376</v>
+        <v>192</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>371</v>
       </c>
       <c r="B81" t="s">
         <v>372</v>
       </c>
       <c r="C81" t="s">
-        <v>156</v>
+        <v>30</v>
       </c>
       <c r="D81" t="s">
         <v>161</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>170</v>
       </c>
       <c r="G81" t="s">
         <v>57</v>
       </c>
       <c r="H81">
         <v>1992</v>
       </c>
       <c r="I81">
         <v>2013</v>
       </c>
       <c r="J81" t="s">
-        <v>295</v>
+        <v>376</v>
       </c>
       <c r="K81" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
+        <v>32</v>
+      </c>
+      <c r="N81" t="s">
+        <v>39</v>
+      </c>
+      <c r="O81" t="s">
         <v>377</v>
       </c>
-      <c r="N81" t="s">
-[...2 lines deleted...]
-      <c r="O81" t="s">
+      <c r="P81" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>379</v>
       </c>
       <c r="B82" t="s">
         <v>380</v>
       </c>
       <c r="C82" t="s">
         <v>18</v>
       </c>
       <c r="D82" t="s">
         <v>381</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>170</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">