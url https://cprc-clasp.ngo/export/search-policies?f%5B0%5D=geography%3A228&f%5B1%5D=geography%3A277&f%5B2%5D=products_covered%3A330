--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -930,69 +930,69 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Entered into force, New, Superseded</t>
   </si>
@@ -3838,101 +3838,101 @@
       </c>
       <c r="P40" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>293</v>
       </c>
       <c r="B41" t="s">
         <v>294</v>
       </c>
       <c r="C41" t="s">
         <v>136</v>
       </c>
       <c r="D41" t="s">
         <v>47</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>268</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2022</v>
       </c>
       <c r="J41" t="s">
         <v>254</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>295</v>
       </c>
       <c r="M41" t="s">
         <v>283</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>296</v>
       </c>
       <c r="P41" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>298</v>
       </c>
       <c r="B42" t="s">
         <v>299</v>
       </c>
       <c r="C42" t="s">
         <v>136</v>
       </c>
       <c r="D42" t="s">
         <v>47</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42">
         <v>2025</v>
       </c>
       <c r="J42" t="s">
         <v>300</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>283</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>301</v>
       </c>
       <c r="P42" t="s">
         <v>297</v>