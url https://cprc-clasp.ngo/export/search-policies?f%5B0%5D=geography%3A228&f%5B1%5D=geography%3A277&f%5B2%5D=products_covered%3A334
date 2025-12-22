--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -278,75 +278,72 @@
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
     <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2015L01828</t>
   </si>
@@ -493,50 +490,53 @@
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1293,489 +1293,491 @@
       </c>
       <c r="P8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
       <c r="C9" t="s">
         <v>79</v>
       </c>
       <c r="D9" t="s">
         <v>80</v>
       </c>
       <c r="E9" t="s">
         <v>51</v>
       </c>
       <c r="F9" t="s">
         <v>81</v>
       </c>
       <c r="G9" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
         <v>82</v>
-      </c>
-[...5 lines deleted...]
-        <v>83</v>
       </c>
       <c r="K9" t="s">
         <v>63</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
         <v>84</v>
       </c>
-      <c r="N9" t="s">
+      <c r="O9" t="s">
         <v>85</v>
       </c>
-      <c r="O9" t="s">
+      <c r="P9" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
         <v>88</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>61</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1989</v>
       </c>
       <c r="I10">
         <v>2015</v>
       </c>
       <c r="J10" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="K10" t="s">
         <v>63</v>
       </c>
       <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C11" t="s">
         <v>70</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="F11" t="s">
         <v>71</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2001</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
         <v>72</v>
       </c>
       <c r="K11" t="s">
         <v>63</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>74</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
       <c r="H12">
         <v>1990</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>72</v>
       </c>
       <c r="K12" t="s">
         <v>63</v>
       </c>
       <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
         <v>106</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>107</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>61</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
         <v>2020</v>
       </c>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>63</v>
       </c>
       <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
         <v>111</v>
       </c>
-      <c r="M13" t="s">
+      <c r="N13" t="s">
         <v>112</v>
       </c>
-      <c r="N13" t="s">
+      <c r="O13" t="s">
         <v>113</v>
       </c>
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>8</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="K14" t="s">
         <v>63</v>
       </c>
       <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C15" t="s">
         <v>59</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>8</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15">
         <v>2022</v>
       </c>
       <c r="J15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="K15" t="s">
         <v>63</v>
       </c>
       <c r="L15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="M15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
         <v>127</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>128</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E16" t="s">
         <v>51</v>
       </c>
       <c r="F16" t="s">
         <v>71</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16">
         <v>2014</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>53</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
         <v>134</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>135</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>61</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2017</v>
       </c>
       <c r="I17">
         <v>2021</v>
       </c>
       <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
         <v>138</v>
       </c>
-      <c r="K17" t="s">
+      <c r="L17" t="s">
         <v>139</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" t="s">
         <v>140</v>
       </c>
-      <c r="M17" t="s">
+      <c r="N17" t="s">
+        <v>112</v>
+      </c>
+      <c r="O17" t="s">
         <v>141</v>
       </c>
-      <c r="N17" t="s">
-[...2 lines deleted...]
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
         <v>144</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D18" t="s">
         <v>80</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
+        <v>146</v>
+      </c>
+      <c r="G18" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="H18">
         <v>2024</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>148</v>
       </c>
       <c r="K18" t="s">
         <v>63</v>
       </c>
       <c r="L18" t="s">
         <v>149</v>
       </c>
       <c r="M18" t="s">
         <v>150</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>151</v>
       </c>
       <c r="P18" t="s">
         <v>152</v>