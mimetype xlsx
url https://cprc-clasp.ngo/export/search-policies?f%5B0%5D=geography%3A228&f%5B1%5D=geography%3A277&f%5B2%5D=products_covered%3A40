--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -5550,51 +5550,53 @@
         <v>249</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>433</v>
       </c>
       <c r="B72" t="s">
         <v>434</v>
       </c>
       <c r="C72" t="s">
         <v>216</v>
       </c>
       <c r="D72" t="s">
         <v>19</v>
       </c>
       <c r="E72" t="s">
         <v>34</v>
       </c>
       <c r="F72" t="s">
         <v>35</v>
       </c>
       <c r="G72" t="s">
         <v>60</v>
       </c>
-      <c r="H72"/>
+      <c r="H72">
+        <v>2024</v>
+      </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>435</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>403</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>436</v>
       </c>
       <c r="P72" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>438</v>
       </c>