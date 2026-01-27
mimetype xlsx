--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -3365,51 +3365,53 @@
         <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>276</v>
       </c>
       <c r="B39" t="s">
         <v>277</v>
       </c>
       <c r="C39" t="s">
         <v>145</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>34</v>
       </c>
       <c r="F39" t="s">
         <v>35</v>
       </c>
       <c r="G39" t="s">
         <v>75</v>
       </c>
-      <c r="H39"/>
+      <c r="H39">
+        <v>2024</v>
+      </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>278</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>263</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>279</v>
       </c>
       <c r="P39" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>281</v>
       </c>