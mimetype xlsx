--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -65,69 +65,70 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
     <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
   </si>
@@ -575,55 +576,53 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>