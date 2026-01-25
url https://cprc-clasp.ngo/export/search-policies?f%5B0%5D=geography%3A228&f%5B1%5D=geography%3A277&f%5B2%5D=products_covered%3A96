--- v0 (2025-11-30)
+++ v1 (2026-01-25)
@@ -427,69 +427,69 @@
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
@@ -1737,51 +1737,51 @@
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>131</v>
       </c>
       <c r="B18" t="s">
         <v>132</v>
       </c>
       <c r="C18" t="s">
         <v>133</v>
       </c>
       <c r="D18" t="s">
         <v>134</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>34</v>
       </c>
       <c r="H18">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>135</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>136</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>137</v>
       </c>
       <c r="P18" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>139</v>