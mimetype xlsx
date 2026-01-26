--- v0 (2025-12-11)
+++ v1 (2026-01-26)
@@ -351,60 +351,61 @@
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
@@ -2154,55 +2155,53 @@
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>106</v>
       </c>
       <c r="B18" t="s">
         <v>107</v>
       </c>
       <c r="C18" t="s">
         <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>108</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>40</v>
       </c>
       <c r="G18" t="s">
         <v>109</v>
       </c>
       <c r="H18">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
         <v>110</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>111</v>
       </c>
       <c r="M18" t="s">
         <v>112</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>113</v>
       </c>
       <c r="P18" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>115</v>