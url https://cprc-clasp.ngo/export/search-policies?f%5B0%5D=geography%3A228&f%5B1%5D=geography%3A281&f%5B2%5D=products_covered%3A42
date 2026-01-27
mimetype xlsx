--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -12,296 +12,350 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...10 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,483 +619,540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="241" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="241.798" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="844.508" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2"/>
-[...3 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>75</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="L3" t="s">
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="M3" t="s">
-[...249 lines deleted...]
-        <v>68</v>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>