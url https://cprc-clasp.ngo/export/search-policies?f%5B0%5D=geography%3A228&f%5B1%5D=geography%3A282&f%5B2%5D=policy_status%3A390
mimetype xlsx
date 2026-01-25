--- v0 (2025-11-29)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1148">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2646,50 +2646,53 @@
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
     <t>This policy covers cage three-phase high voltage induction motors.</t>
   </si>
   <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
     <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
@@ -2881,90 +2884,50 @@
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
-  </si>
-[...38 lines deleted...]
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
@@ -3201,50 +3164,53 @@
     <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/21307/</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
     <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
     <t>Low-pressure lamps</t>
   </si>
@@ -3940,65 +3906,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P223"/>
+  <dimension ref="A1:P222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -11660,2832 +11626,2788 @@
       </c>
       <c r="P163" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
         <v>852</v>
       </c>
       <c r="B164" t="s">
         <v>853</v>
       </c>
       <c r="C164" t="s">
         <v>18</v>
       </c>
       <c r="D164" t="s">
         <v>156</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>296</v>
       </c>
       <c r="G164" t="s">
-        <v>22</v>
+        <v>854</v>
       </c>
       <c r="H164">
+        <v>2014</v>
+      </c>
+      <c r="I164">
         <v>2015</v>
       </c>
-      <c r="I164"/>
       <c r="J164" t="s">
         <v>51</v>
       </c>
       <c r="K164" t="s">
         <v>157</v>
       </c>
       <c r="L164" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="M164" t="s">
         <v>26</v>
       </c>
       <c r="N164" t="s">
         <v>34</v>
       </c>
       <c r="O164" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="P164" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B165" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C165" t="s">
         <v>18</v>
       </c>
       <c r="D165" t="s">
         <v>517</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>296</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2015</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>51</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="M165" t="s">
         <v>26</v>
       </c>
       <c r="N165" t="s">
         <v>34</v>
       </c>
       <c r="O165" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="P165" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B166" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C166" t="s">
         <v>18</v>
       </c>
       <c r="D166" t="s">
         <v>74</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>296</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2016</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
         <v>51</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="M166" t="s">
         <v>805</v>
       </c>
       <c r="N166" t="s">
         <v>34</v>
       </c>
       <c r="O166" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="P166" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B167" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C167" t="s">
         <v>18</v>
       </c>
       <c r="D167" t="s">
         <v>99</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>296</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2016</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
         <v>51</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="M167" t="s">
         <v>805</v>
       </c>
       <c r="N167" t="s">
         <v>34</v>
       </c>
       <c r="O167" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="P167" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B168" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C168" t="s">
         <v>18</v>
       </c>
       <c r="D168" t="s">
         <v>326</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>296</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2017</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
         <v>51</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="M168" t="s">
         <v>805</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="P168" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B169" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C169" t="s">
         <v>18</v>
       </c>
       <c r="D169" t="s">
         <v>474</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>296</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2019</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
         <v>23</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="M169" t="s">
         <v>805</v>
       </c>
       <c r="N169" t="s">
         <v>34</v>
       </c>
       <c r="O169" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="P169" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B170" t="s">
         <v>104</v>
       </c>
       <c r="C170" t="s">
         <v>18</v>
       </c>
       <c r="D170" t="s">
         <v>45</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>296</v>
       </c>
       <c r="G170" t="s">
-        <v>22</v>
+        <v>854</v>
       </c>
       <c r="H170">
         <v>2020</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>23</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
         <v>105</v>
       </c>
       <c r="M170" t="s">
         <v>805</v>
       </c>
       <c r="N170" t="s">
         <v>34</v>
       </c>
       <c r="O170" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="P170" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B171" t="s">
         <v>38</v>
       </c>
       <c r="C171" t="s">
         <v>18</v>
       </c>
       <c r="D171" t="s">
         <v>39</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>296</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2020</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
         <v>23</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171" t="s">
         <v>40</v>
       </c>
       <c r="M171" t="s">
         <v>805</v>
       </c>
       <c r="N171" t="s">
         <v>34</v>
       </c>
       <c r="O171" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="P171" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B172" t="s">
         <v>114</v>
       </c>
       <c r="C172" t="s">
         <v>18</v>
       </c>
       <c r="D172" t="s">
         <v>115</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>296</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2020</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>23</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172" t="s">
         <v>116</v>
       </c>
       <c r="M172" t="s">
         <v>805</v>
       </c>
       <c r="N172" t="s">
         <v>34</v>
       </c>
       <c r="O172" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="P172" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B173" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C173" t="s">
         <v>18</v>
       </c>
       <c r="D173" t="s">
         <v>383</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>296</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2020</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
         <v>23</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="M173" t="s">
         <v>805</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="P173" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B174" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C174" t="s">
         <v>18</v>
       </c>
       <c r="D174" t="s">
         <v>81</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>296</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>2020</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>23</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="M174" t="s">
         <v>805</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="P174" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B175" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C175" t="s">
         <v>18</v>
       </c>
       <c r="D175" t="s">
         <v>383</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>296</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175">
         <v>2020</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
         <v>23</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
       <c r="L175" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="M175" t="s">
         <v>805</v>
       </c>
       <c r="N175" t="s">
         <v>34</v>
       </c>
       <c r="O175" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="P175" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B176" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C176" t="s">
         <v>18</v>
       </c>
       <c r="D176" t="s">
         <v>740</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>296</v>
       </c>
       <c r="G176" t="s">
-        <v>22</v>
+        <v>854</v>
       </c>
       <c r="H176">
         <v>2021</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
         <v>23</v>
       </c>
       <c r="K176" t="s">
         <v>235</v>
       </c>
       <c r="L176" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="M176" t="s">
         <v>805</v>
       </c>
       <c r="N176" t="s">
         <v>236</v>
       </c>
       <c r="O176" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="P176" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B177" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C177" t="s">
         <v>18</v>
       </c>
       <c r="D177" t="s">
         <v>169</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>296</v>
       </c>
       <c r="G177" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="H177">
         <v>2019</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="K177" t="s">
         <v>171</v>
       </c>
       <c r="L177" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="M177" t="s">
         <v>805</v>
       </c>
       <c r="N177" t="s">
         <v>173</v>
       </c>
       <c r="O177" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="P177" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B178" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C178" t="s">
         <v>18</v>
       </c>
       <c r="D178" t="s">
         <v>189</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>296</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
         <v>2020</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
         <v>23</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178" t="s">
         <v>105</v>
       </c>
       <c r="M178" t="s">
         <v>805</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="P178" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B179" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C179" t="s">
         <v>18</v>
       </c>
       <c r="D179" t="s">
         <v>110</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>296</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>2021</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
         <v>23</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179" t="s">
         <v>105</v>
       </c>
       <c r="M179" t="s">
         <v>805</v>
       </c>
       <c r="N179" t="s">
         <v>34</v>
       </c>
       <c r="O179" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="P179" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B180" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C180" t="s">
         <v>18</v>
       </c>
       <c r="D180" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
         <v>296</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180">
         <v>2021</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>75</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="M180" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="N180" t="s">
         <v>34</v>
       </c>
       <c r="O180" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="P180" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B181" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C181" t="s">
-        <v>935</v>
+        <v>18</v>
       </c>
       <c r="D181" t="s">
         <v>936</v>
       </c>
       <c r="E181" t="s">
         <v>190</v>
       </c>
       <c r="F181" t="s">
-        <v>937</v>
+        <v>191</v>
       </c>
       <c r="G181" t="s">
-        <v>791</v>
+        <v>22</v>
       </c>
       <c r="H181">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
+        <v>75</v>
+      </c>
+      <c r="K181" t="s">
+        <v>524</v>
+      </c>
+      <c r="L181" t="s">
+        <v>937</v>
+      </c>
+      <c r="M181" t="s">
         <v>938</v>
       </c>
-      <c r="K181" t="s">
-[...3 lines deleted...]
-      <c r="M181" t="s">
+      <c r="N181" t="s">
+        <v>34</v>
+      </c>
+      <c r="O181" t="s">
         <v>939</v>
       </c>
-      <c r="N181" t="s">
-[...2 lines deleted...]
-      <c r="O181" t="s">
+      <c r="P181" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
+        <v>941</v>
+      </c>
+      <c r="B182" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
       <c r="C182" t="s">
         <v>18</v>
       </c>
       <c r="D182" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="E182" t="s">
         <v>190</v>
       </c>
       <c r="F182" t="s">
         <v>191</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
         <v>75</v>
       </c>
       <c r="K182" t="s">
-        <v>524</v>
+        <v>24</v>
       </c>
       <c r="L182" t="s">
+        <v>944</v>
+      </c>
+      <c r="M182" t="s">
+        <v>938</v>
+      </c>
+      <c r="N182" t="s">
+        <v>34</v>
+      </c>
+      <c r="O182" t="s">
         <v>945</v>
       </c>
-      <c r="M182" t="s">
+      <c r="P182" t="s">
         <v>946</v>
-      </c>
-[...7 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="B183" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="C183" t="s">
         <v>18</v>
       </c>
       <c r="D183" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="E183" t="s">
         <v>190</v>
       </c>
       <c r="F183" t="s">
-        <v>191</v>
+        <v>296</v>
       </c>
       <c r="G183" t="s">
-        <v>22</v>
+        <v>791</v>
       </c>
       <c r="H183">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>75</v>
+        <v>950</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183" t="s">
+        <v>951</v>
+      </c>
+      <c r="M183" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
       <c r="N183" t="s">
         <v>34</v>
       </c>
       <c r="O183" t="s">
         <v>953</v>
       </c>
       <c r="P183" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
         <v>955</v>
       </c>
       <c r="B184" t="s">
         <v>956</v>
       </c>
       <c r="C184" t="s">
-        <v>935</v>
+        <v>784</v>
       </c>
       <c r="D184" t="s">
-        <v>957</v>
+        <v>399</v>
       </c>
       <c r="E184" t="s">
         <v>190</v>
       </c>
       <c r="F184" t="s">
         <v>296</v>
       </c>
       <c r="G184" t="s">
-        <v>791</v>
+        <v>22</v>
       </c>
       <c r="H184">
-        <v>2025</v>
+        <v>1985</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
+        <v>126</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>957</v>
+      </c>
+      <c r="M184" t="s">
+        <v>785</v>
+      </c>
+      <c r="N184" t="s">
+        <v>34</v>
+      </c>
+      <c r="O184" t="s">
         <v>958</v>
       </c>
-      <c r="K184" t="s">
-[...2 lines deleted...]
-      <c r="L184" t="s">
+      <c r="P184" t="s">
         <v>959</v>
-      </c>
-[...10 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="B185" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="C185" t="s">
         <v>784</v>
       </c>
       <c r="D185" t="s">
-        <v>399</v>
+        <v>150</v>
       </c>
       <c r="E185" t="s">
         <v>190</v>
       </c>
       <c r="F185" t="s">
         <v>296</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
         <v>126</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="M185" t="s">
         <v>785</v>
       </c>
       <c r="N185" t="s">
         <v>34</v>
       </c>
       <c r="O185" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="P185" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="B186" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="C186" t="s">
         <v>784</v>
       </c>
       <c r="D186" t="s">
-        <v>150</v>
+        <v>967</v>
       </c>
       <c r="E186" t="s">
         <v>190</v>
       </c>
       <c r="F186" t="s">
         <v>296</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>126</v>
+        <v>51</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
-      <c r="L186" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L186"/>
       <c r="M186" t="s">
         <v>785</v>
       </c>
       <c r="N186" t="s">
         <v>34</v>
       </c>
       <c r="O186" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="P186" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="B187" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C187" t="s">
         <v>784</v>
       </c>
       <c r="D187" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="E187" t="s">
         <v>190</v>
       </c>
       <c r="F187" t="s">
         <v>296</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
         <v>1989</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
         <v>785</v>
       </c>
       <c r="N187" t="s">
         <v>34</v>
       </c>
       <c r="O187" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="P187" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="B188" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="C188" t="s">
         <v>784</v>
       </c>
       <c r="D188" t="s">
-        <v>980</v>
+        <v>132</v>
       </c>
       <c r="E188" t="s">
         <v>190</v>
       </c>
       <c r="F188" t="s">
         <v>296</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188">
-        <v>1989</v>
+        <v>1984</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>126</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
-      <c r="L188"/>
+      <c r="L188" t="s">
+        <v>977</v>
+      </c>
       <c r="M188" t="s">
         <v>785</v>
       </c>
       <c r="N188" t="s">
         <v>34</v>
       </c>
       <c r="O188" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="P188" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="B189" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="C189" t="s">
         <v>784</v>
       </c>
       <c r="D189" t="s">
-        <v>132</v>
+        <v>982</v>
       </c>
       <c r="E189" t="s">
         <v>190</v>
       </c>
       <c r="F189" t="s">
         <v>296</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>126</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
-      <c r="L189" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L189"/>
       <c r="M189" t="s">
         <v>785</v>
       </c>
       <c r="N189" t="s">
         <v>34</v>
       </c>
       <c r="O189" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="P189" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="B190" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="C190" t="s">
         <v>784</v>
       </c>
       <c r="D190" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="E190" t="s">
         <v>190</v>
       </c>
       <c r="F190" t="s">
         <v>296</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
         <v>126</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
         <v>785</v>
       </c>
       <c r="N190" t="s">
         <v>34</v>
       </c>
       <c r="O190" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="P190" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="B191" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="C191" t="s">
         <v>784</v>
       </c>
       <c r="D191" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="E191" t="s">
         <v>190</v>
       </c>
       <c r="F191" t="s">
         <v>296</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
-        <v>1989</v>
+        <v>1983</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
         <v>126</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
-      <c r="L191"/>
+      <c r="L191" t="s">
+        <v>992</v>
+      </c>
       <c r="M191" t="s">
         <v>785</v>
       </c>
       <c r="N191" t="s">
         <v>34</v>
       </c>
       <c r="O191" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="P191" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="B192" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="C192" t="s">
         <v>784</v>
       </c>
       <c r="D192" t="s">
-        <v>999</v>
+        <v>189</v>
       </c>
       <c r="E192" t="s">
         <v>190</v>
       </c>
       <c r="F192" t="s">
         <v>296</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
-        <v>1983</v>
+        <v>2011</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
         <v>126</v>
       </c>
       <c r="K192" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="L192"/>
       <c r="M192" t="s">
         <v>785</v>
       </c>
       <c r="N192" t="s">
         <v>34</v>
       </c>
       <c r="O192" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="P192" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="B193" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="C193" t="s">
         <v>784</v>
       </c>
       <c r="D193" t="s">
-        <v>189</v>
+        <v>967</v>
       </c>
       <c r="E193" t="s">
         <v>190</v>
       </c>
       <c r="F193" t="s">
         <v>296</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193">
-        <v>2011</v>
+        <v>1987</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>126</v>
+        <v>51</v>
       </c>
       <c r="K193" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
         <v>785</v>
       </c>
       <c r="N193" t="s">
         <v>34</v>
       </c>
       <c r="O193" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="P193" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="B194" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="C194" t="s">
         <v>784</v>
       </c>
       <c r="D194" t="s">
-        <v>975</v>
+        <v>740</v>
       </c>
       <c r="E194" t="s">
         <v>190</v>
       </c>
       <c r="F194" t="s">
         <v>296</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>1987</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>51</v>
+        <v>126</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
         <v>785</v>
       </c>
       <c r="N194" t="s">
         <v>34</v>
       </c>
       <c r="O194" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="P194" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="B195" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="C195" t="s">
         <v>784</v>
       </c>
       <c r="D195" t="s">
-        <v>740</v>
+        <v>446</v>
       </c>
       <c r="E195" t="s">
         <v>190</v>
       </c>
       <c r="F195" t="s">
         <v>296</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
-        <v>1987</v>
+        <v>1986</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
         <v>126</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
         <v>785</v>
       </c>
       <c r="N195" t="s">
         <v>34</v>
       </c>
       <c r="O195" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="P195" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="B196" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="C196" t="s">
         <v>784</v>
       </c>
       <c r="D196" t="s">
-        <v>446</v>
+        <v>1013</v>
       </c>
       <c r="E196" t="s">
         <v>190</v>
       </c>
       <c r="F196" t="s">
         <v>296</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>1986</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
         <v>126</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
-      <c r="L196"/>
+      <c r="L196" t="s">
+        <v>1014</v>
+      </c>
       <c r="M196" t="s">
         <v>785</v>
       </c>
       <c r="N196" t="s">
         <v>34</v>
       </c>
       <c r="O196" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="P196" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="B197" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="C197" t="s">
         <v>784</v>
       </c>
       <c r="D197" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="E197" t="s">
         <v>190</v>
       </c>
       <c r="F197" t="s">
         <v>296</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
-        <v>1986</v>
+        <v>1984</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
         <v>126</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197" t="s">
+        <v>1020</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1021</v>
+      </c>
+      <c r="N197" t="s">
+        <v>34</v>
+      </c>
+      <c r="O197" t="s">
         <v>1022</v>
       </c>
-      <c r="M197" t="s">
-[...5 lines deleted...]
-      <c r="O197" t="s">
+      <c r="P197" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B198" t="s">
         <v>1025</v>
       </c>
-      <c r="B198" t="s">
+      <c r="C198" t="s">
+        <v>18</v>
+      </c>
+      <c r="D198" t="s">
         <v>1026</v>
-      </c>
-[...4 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="E198" t="s">
         <v>190</v>
       </c>
       <c r="F198" t="s">
-        <v>296</v>
+        <v>1027</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
-        <v>1984</v>
+        <v>2022</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>126</v>
+        <v>1028</v>
       </c>
       <c r="K198" t="s">
-        <v>24</v>
+        <v>524</v>
       </c>
       <c r="L198" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="M198" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="N198" t="s">
-        <v>34</v>
+        <v>1031</v>
       </c>
       <c r="O198" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="P198" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="B199" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C199" t="s">
-        <v>18</v>
+        <v>784</v>
       </c>
       <c r="D199" t="s">
-        <v>1034</v>
+        <v>163</v>
       </c>
       <c r="E199" t="s">
         <v>190</v>
       </c>
       <c r="F199" t="s">
-        <v>937</v>
+        <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>1035</v>
+        <v>126</v>
       </c>
       <c r="K199" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="L199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>1021</v>
+      </c>
+      <c r="N199" t="s">
+        <v>34</v>
+      </c>
+      <c r="O199" t="s">
         <v>1036</v>
       </c>
-      <c r="M199" t="s">
+      <c r="P199" t="s">
         <v>1037</v>
-      </c>
-[...7 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B200" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="C200" t="s">
         <v>784</v>
       </c>
       <c r="D200" t="s">
-        <v>163</v>
+        <v>1040</v>
       </c>
       <c r="E200" t="s">
         <v>190</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
         <v>126</v>
       </c>
       <c r="K200" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L200"/>
+        <v>199</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1041</v>
+      </c>
       <c r="M200" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
       <c r="N200" t="s">
         <v>34</v>
       </c>
       <c r="O200" t="s">
         <v>1043</v>
       </c>
       <c r="P200" t="s">
-        <v>1044</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B201" t="s">
         <v>1045</v>
       </c>
-      <c r="B201" t="s">
+      <c r="C201" t="s">
         <v>1046</v>
       </c>
-      <c r="C201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D201" t="s">
-        <v>1047</v>
+        <v>740</v>
       </c>
       <c r="E201" t="s">
         <v>190</v>
       </c>
       <c r="F201" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
-        <v>126</v>
+        <v>1047</v>
       </c>
       <c r="K201" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="L201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
         <v>1048</v>
       </c>
-      <c r="M201" t="s">
+      <c r="N201" t="s">
+        <v>34</v>
+      </c>
+      <c r="O201" t="s">
         <v>1049</v>
       </c>
-      <c r="N201" t="s">
-[...2 lines deleted...]
-      <c r="O201" t="s">
+      <c r="P201" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B202" t="s">
         <v>1051</v>
       </c>
-      <c r="B202" t="s">
+      <c r="C202" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D202" t="s">
         <v>1052</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
       <c r="E202" t="s">
         <v>190</v>
       </c>
       <c r="F202" t="s">
         <v>191</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2014</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="K202" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="N202" t="s">
         <v>34</v>
       </c>
       <c r="O202" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="P202" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
       <c r="B203" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="C203" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="D203" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="E203" t="s">
         <v>190</v>
       </c>
       <c r="F203" t="s">
         <v>191</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2014</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="K203" t="s">
-        <v>199</v>
+        <v>24</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="N203" t="s">
         <v>34</v>
       </c>
       <c r="O203" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="P203" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B204" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="C204" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="D204" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="E204" t="s">
         <v>190</v>
       </c>
       <c r="F204" t="s">
         <v>191</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
         <v>2014</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="K204" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L204"/>
+        <v>1060</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1061</v>
+      </c>
       <c r="M204" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="N204" t="s">
         <v>34</v>
       </c>
       <c r="O204" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P204" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
         <v>1064</v>
       </c>
       <c r="B205" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D205" t="s">
         <v>1065</v>
-      </c>
-[...4 lines deleted...]
-        <v>1066</v>
       </c>
       <c r="E205" t="s">
         <v>190</v>
       </c>
       <c r="F205" t="s">
         <v>191</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1066</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N205" t="s">
+        <v>34</v>
+      </c>
+      <c r="O205" t="s">
         <v>1067</v>
       </c>
-      <c r="L205" t="s">
+      <c r="P205" t="s">
         <v>1068</v>
-      </c>
-[...10 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="B206" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="C206" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="D206" t="s">
-        <v>1072</v>
+        <v>287</v>
       </c>
       <c r="E206" t="s">
         <v>190</v>
       </c>
       <c r="F206" t="s">
         <v>191</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I206"/>
       <c r="J206" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206" t="s">
+        <v>1071</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N206" t="s">
+        <v>34</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1072</v>
+      </c>
+      <c r="P206" t="s">
         <v>1073</v>
-      </c>
-[...10 lines deleted...]
-        <v>1075</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D207" t="s">
         <v>1076</v>
-      </c>
-[...7 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E207" t="s">
         <v>190</v>
       </c>
       <c r="F207" t="s">
         <v>191</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
         <v>2014</v>
       </c>
       <c r="I207"/>
       <c r="J207" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="K207" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="L207" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N207" t="s">
+        <v>34</v>
+      </c>
+      <c r="O207" t="s">
         <v>1078</v>
       </c>
-      <c r="M207" t="s">
-[...5 lines deleted...]
-      <c r="O207" t="s">
+      <c r="P207" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B208" t="s">
         <v>1081</v>
       </c>
-      <c r="B208" t="s">
+      <c r="C208" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D208" t="s">
         <v>1082</v>
-      </c>
-[...4 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="E208" t="s">
         <v>190</v>
       </c>
       <c r="F208" t="s">
         <v>191</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="K208" t="s">
-        <v>326</v>
+        <v>24</v>
       </c>
       <c r="L208" t="s">
+        <v>1083</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N208" t="s">
+        <v>34</v>
+      </c>
+      <c r="O208" t="s">
         <v>1084</v>
       </c>
-      <c r="M208" t="s">
-[...5 lines deleted...]
-      <c r="O208" t="s">
+      <c r="P208" t="s">
         <v>1085</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B209" t="s">
         <v>1087</v>
       </c>
-      <c r="B209" t="s">
+      <c r="C209" t="s">
         <v>1088</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="D209" t="s">
         <v>1089</v>
       </c>
       <c r="E209" t="s">
         <v>190</v>
       </c>
       <c r="F209" t="s">
-        <v>191</v>
+        <v>21</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="K209" t="s">
         <v>24</v>
       </c>
-      <c r="L209" t="s">
+      <c r="L209"/>
+      <c r="M209" t="s">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="N209" t="s">
         <v>34</v>
       </c>
       <c r="O209" t="s">
         <v>1091</v>
       </c>
       <c r="P209" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
         <v>1093</v>
       </c>
       <c r="B210" t="s">
         <v>1094</v>
       </c>
       <c r="C210" t="s">
         <v>1095</v>
       </c>
       <c r="D210" t="s">
-        <v>1096</v>
+        <v>774</v>
       </c>
       <c r="E210" t="s">
         <v>190</v>
       </c>
       <c r="F210" t="s">
         <v>21</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
-        <v>1054</v>
+        <v>1096</v>
       </c>
       <c r="K210" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="L210"/>
       <c r="M210" t="s">
         <v>1097</v>
       </c>
       <c r="N210" t="s">
         <v>34</v>
       </c>
       <c r="O210" t="s">
         <v>1098</v>
       </c>
       <c r="P210" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
         <v>1100</v>
       </c>
       <c r="B211" t="s">
         <v>1101</v>
       </c>
       <c r="C211" t="s">
+        <v>205</v>
+      </c>
+      <c r="D211" t="s">
         <v>1102</v>
       </c>
-      <c r="D211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E211" t="s">
-        <v>190</v>
+        <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>21</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
+        <v>206</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211"/>
+      <c r="N211" t="s">
+        <v>34</v>
+      </c>
+      <c r="O211" t="s">
         <v>1103</v>
       </c>
-      <c r="K211" t="s">
-[...3 lines deleted...]
-      <c r="M211" t="s">
+      <c r="P211" t="s">
         <v>1104</v>
-      </c>
-[...7 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="B212" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="C212" t="s">
         <v>205</v>
       </c>
       <c r="D212" t="s">
-        <v>1109</v>
+        <v>1102</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
-        <v>21</v>
+        <v>296</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212">
         <v>2021</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
         <v>206</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212" t="s">
         <v>34</v>
       </c>
       <c r="O212" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="P212" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B213" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="C213" t="s">
         <v>205</v>
       </c>
       <c r="D213" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
         <v>296</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2021</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
         <v>206</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213" t="s">
         <v>34</v>
       </c>
       <c r="O213" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="P213" t="s">
-        <v>1114</v>
+        <v>252</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="B214" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="C214" t="s">
         <v>205</v>
       </c>
       <c r="D214" t="s">
-        <v>1117</v>
+        <v>63</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>296</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214">
         <v>2021</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
         <v>206</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="P214" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="B215" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="C215" t="s">
         <v>205</v>
       </c>
       <c r="D215" t="s">
-        <v>63</v>
+        <v>740</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
         <v>296</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>2021</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
         <v>206</v>
       </c>
       <c r="K215" t="s">
         <v>24</v>
       </c>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O215" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="P215" t="s">
-        <v>252</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="B216" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="C216" t="s">
         <v>205</v>
       </c>
       <c r="D216" t="s">
-        <v>740</v>
+        <v>241</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
         <v>296</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>2021</v>
       </c>
       <c r="I216"/>
       <c r="J216" t="s">
         <v>206</v>
       </c>
       <c r="K216" t="s">
         <v>24</v>
       </c>
       <c r="L216"/>
       <c r="M216"/>
       <c r="N216" t="s">
         <v>34</v>
       </c>
       <c r="O216" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="P216" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="B217" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C217" t="s">
         <v>205</v>
       </c>
       <c r="D217" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>296</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
         <v>2021</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
         <v>206</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="P217" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="B218" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C218" t="s">
         <v>205</v>
       </c>
       <c r="D218" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>296</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218">
         <v>2021</v>
       </c>
       <c r="I218"/>
       <c r="J218" t="s">
         <v>206</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O218" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="P218" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="B219" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
       <c r="C219" t="s">
         <v>205</v>
       </c>
       <c r="D219" t="s">
-        <v>234</v>
+        <v>326</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>296</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219">
         <v>2021</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
         <v>206</v>
       </c>
       <c r="K219" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="L219"/>
       <c r="M219"/>
       <c r="N219" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="P219" t="s">
-        <v>1137</v>
+        <v>252</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="B220" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="C220" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="D220" t="s">
-        <v>326</v>
+        <v>1136</v>
       </c>
       <c r="E220" t="s">
-        <v>20</v>
+        <v>190</v>
       </c>
       <c r="F220" t="s">
         <v>296</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="K220" t="s">
-        <v>199</v>
+        <v>24</v>
       </c>
       <c r="L220"/>
       <c r="M220"/>
       <c r="N220" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O220" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="P220" t="s">
-        <v>252</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="B221" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="C221" t="s">
-        <v>188</v>
+        <v>258</v>
       </c>
       <c r="D221" t="s">
-        <v>1143</v>
+        <v>972</v>
       </c>
       <c r="E221" t="s">
         <v>190</v>
       </c>
       <c r="F221" t="s">
         <v>296</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I221"/>
       <c r="J221" t="s">
         <v>211</v>
       </c>
       <c r="K221" t="s">
         <v>24</v>
       </c>
       <c r="L221"/>
       <c r="M221"/>
       <c r="N221" t="s">
         <v>34</v>
       </c>
       <c r="O221" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="P221" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="B222" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="C222" t="s">
-        <v>258</v>
+        <v>18</v>
       </c>
       <c r="D222" t="s">
-        <v>980</v>
+        <v>1145</v>
       </c>
       <c r="E222" t="s">
         <v>190</v>
       </c>
       <c r="F222" t="s">
-        <v>296</v>
+        <v>191</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I222"/>
       <c r="J222" t="s">
-        <v>211</v>
+        <v>170</v>
       </c>
       <c r="K222" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="L222"/>
-      <c r="M222"/>
+      <c r="M222" t="s">
+        <v>441</v>
+      </c>
       <c r="N222" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="O222" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="P222" t="s">
-        <v>1149</v>
-[...45 lines deleted...]
-        <v>1154</v>
+        <v>1147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">