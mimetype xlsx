--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -355,72 +355,66 @@
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
@@ -922,51 +916,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="619.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1624,516 +1618,518 @@
       </c>
       <c r="L14" t="s">
         <v>25</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>104</v>
       </c>
       <c r="P14" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>106</v>
       </c>
       <c r="B15" t="s">
         <v>107</v>
       </c>
       <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E15" t="s">
         <v>78</v>
       </c>
       <c r="F15" t="s">
+        <v>109</v>
+      </c>
+      <c r="G15" t="s">
+        <v>8</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
         <v>110</v>
-      </c>
-[...8 lines deleted...]
-        <v>112</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="N15" t="s">
         <v>37</v>
       </c>
       <c r="O15" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
         <v>78</v>
       </c>
       <c r="F16" t="s">
         <v>79</v>
       </c>
       <c r="G16" t="s">
         <v>34</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="M16" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>78</v>
       </c>
       <c r="F17" t="s">
         <v>62</v>
       </c>
       <c r="G17" t="s">
         <v>34</v>
       </c>
       <c r="H17">
         <v>1984</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="M17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>78</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
       <c r="I18">
         <v>2014</v>
       </c>
       <c r="J18" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="M18" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="P18" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>124</v>
+      </c>
+      <c r="D19" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E19" t="s">
         <v>78</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>34</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="K19" t="s">
         <v>52</v>
       </c>
       <c r="L19" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="M19" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
         <v>144</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E20" t="s">
         <v>78</v>
       </c>
       <c r="F20" t="s">
         <v>79</v>
       </c>
       <c r="G20" t="s">
         <v>34</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>88</v>
       </c>
       <c r="K20" t="s">
         <v>52</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="P20" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
         <v>151</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21">
         <v>2021</v>
       </c>
       <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>155</v>
+      </c>
+      <c r="L21" t="s">
         <v>156</v>
       </c>
-      <c r="K21" t="s">
+      <c r="M21" t="s">
         <v>157</v>
       </c>
-      <c r="L21" t="s">
+      <c r="N21" t="s">
         <v>158</v>
       </c>
-      <c r="M21" t="s">
+      <c r="O21" t="s">
         <v>159</v>
       </c>
-      <c r="N21" t="s">
+      <c r="P21" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B22" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C22" t="s">
         <v>86</v>
       </c>
       <c r="D22" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="E22" t="s">
         <v>78</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>34</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>88</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>89</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
         <v>86</v>
       </c>
       <c r="D23" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2008</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>95</v>
       </c>
       <c r="M23" t="s">
         <v>89</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="P23" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>62</v>
       </c>
       <c r="G24" t="s">
         <v>34</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>35</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="P24" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">