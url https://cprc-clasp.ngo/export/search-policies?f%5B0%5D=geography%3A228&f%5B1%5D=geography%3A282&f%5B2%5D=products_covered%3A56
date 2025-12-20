--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -337,71 +337,74 @@
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
     <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
     <t>This policy covers precipitators.</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
@@ -1576,412 +1579,412 @@
       </c>
       <c r="P14" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>107</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="H15">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>25</v>
       </c>
       <c r="M15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>63</v>
       </c>
       <c r="H16">
         <v>2018</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2020</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M17" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="N17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1985</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>75</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D19" t="s">
         <v>104</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1983</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>75</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E20" t="s">
         <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G21" t="s">
         <v>63</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21">
         <v>2021</v>
       </c>
       <c r="J21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="L21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="O21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C22" t="s">
         <v>39</v>
       </c>
       <c r="D22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E22" t="s">
         <v>47</v>
       </c>
       <c r="F22" t="s">
         <v>34</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">