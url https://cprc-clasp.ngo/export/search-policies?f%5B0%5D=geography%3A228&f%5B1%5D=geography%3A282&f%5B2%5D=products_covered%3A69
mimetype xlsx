--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -200,50 +200,53 @@
     <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
     <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
@@ -715,51 +718,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="382.05" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="115.543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1033,360 +1036,360 @@
       </c>
       <c r="P6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>60</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>47</v>
       </c>
       <c r="K7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2019</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>36</v>
       </c>
       <c r="G9" t="s">
         <v>46</v>
       </c>
       <c r="H9">
         <v>1987</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>44</v>
       </c>
       <c r="F11" t="s">
         <v>45</v>
       </c>
       <c r="G11" t="s">
         <v>46</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>56</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2017</v>
       </c>
       <c r="I12">
         <v>2021</v>
       </c>
       <c r="J12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>46</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>31</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">