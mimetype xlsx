--- v0 (2025-11-27)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="488">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -936,68 +936,50 @@
     <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
   </si>
   <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
     <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
@@ -1855,51 +1837,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P83"/>
+  <dimension ref="A1:P82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -4380,1607 +4362,1559 @@
       </c>
       <c r="O51" t="s">
         <v>297</v>
       </c>
       <c r="P51" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>299</v>
       </c>
       <c r="B52" t="s">
         <v>300</v>
       </c>
       <c r="C52" t="s">
         <v>253</v>
       </c>
       <c r="D52" t="s">
         <v>301</v>
       </c>
       <c r="E52" t="s">
         <v>52</v>
       </c>
       <c r="F52" t="s">
-        <v>108</v>
+        <v>255</v>
       </c>
       <c r="G52" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H52">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I52">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="J52" t="s">
         <v>302</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="L52"/>
+      <c r="L52" t="s">
+        <v>303</v>
+      </c>
       <c r="M52" t="s">
         <v>258</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P52" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B53" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C53" t="s">
         <v>253</v>
       </c>
       <c r="D53" t="s">
-        <v>307</v>
+        <v>240</v>
       </c>
       <c r="E53" t="s">
         <v>52</v>
       </c>
       <c r="F53" t="s">
         <v>255</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I53">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="J53" t="s">
+        <v>256</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
       <c r="M53" t="s">
         <v>258</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
+        <v>309</v>
+      </c>
+      <c r="P53" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>311</v>
+      </c>
+      <c r="B54" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C54" t="s">
         <v>253</v>
       </c>
       <c r="D54" t="s">
-        <v>240</v>
+        <v>313</v>
       </c>
       <c r="E54" t="s">
         <v>52</v>
       </c>
       <c r="F54" t="s">
         <v>255</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2009</v>
       </c>
       <c r="I54">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="J54" t="s">
-        <v>256</v>
+        <v>275</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
         <v>314</v>
       </c>
       <c r="M54" t="s">
         <v>258</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>315</v>
       </c>
       <c r="P54" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>317</v>
       </c>
       <c r="B55" t="s">
         <v>318</v>
       </c>
       <c r="C55" t="s">
-        <v>253</v>
+        <v>319</v>
       </c>
       <c r="D55" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E55" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>255</v>
+        <v>53</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I55">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J55" t="s">
-        <v>275</v>
+        <v>198</v>
       </c>
       <c r="K55" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>258</v>
+        <v>322</v>
       </c>
       <c r="N55" t="s">
-        <v>27</v>
+        <v>323</v>
       </c>
       <c r="O55" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="P55" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B56" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C56" t="s">
-        <v>325</v>
+        <v>59</v>
       </c>
       <c r="D56" t="s">
-        <v>326</v>
+        <v>65</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I56">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J56" t="s">
-        <v>198</v>
+        <v>328</v>
       </c>
       <c r="K56" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="L56"/>
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>329</v>
+      </c>
       <c r="M56" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="N56" t="s">
-        <v>329</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="P56" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="B57" t="s">
         <v>333</v>
       </c>
       <c r="C57" t="s">
         <v>59</v>
       </c>
       <c r="D57" t="s">
-        <v>65</v>
+        <v>334</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2015</v>
       </c>
       <c r="I57">
         <v>2015</v>
       </c>
       <c r="J57" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
+        <v>329</v>
+      </c>
+      <c r="M57" t="s">
+        <v>330</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
         <v>335</v>
       </c>
-      <c r="M57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P57" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="B58" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C58" t="s">
         <v>59</v>
       </c>
       <c r="D58" t="s">
-        <v>340</v>
+        <v>240</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2015</v>
       </c>
       <c r="I58">
         <v>2015</v>
       </c>
       <c r="J58" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="M58" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="P58" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="B59" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C59" t="s">
-        <v>59</v>
+        <v>340</v>
       </c>
       <c r="D59" t="s">
-        <v>240</v>
+        <v>32</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="I59">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J59" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="M59" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="P59" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B60" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C60" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D60" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>1994</v>
+        <v>2001</v>
       </c>
       <c r="I60">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J60" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>348</v>
       </c>
       <c r="M60" t="s">
+        <v>343</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
         <v>349</v>
       </c>
-      <c r="N60" t="s">
-[...2 lines deleted...]
-      <c r="O60" t="s">
+      <c r="P60" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>351</v>
+      </c>
+      <c r="B61" t="s">
         <v>352</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>353</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>37</v>
+        <v>354</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="I61">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J61" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="K61" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="N61" t="s">
-        <v>27</v>
+        <v>323</v>
       </c>
       <c r="O61" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="P61" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B62" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C62" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="D62" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>53</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2008</v>
       </c>
       <c r="I62">
         <v>2015</v>
       </c>
       <c r="J62" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="K62" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
+        <v>356</v>
+      </c>
+      <c r="N62" t="s">
+        <v>323</v>
+      </c>
+      <c r="O62" t="s">
         <v>362</v>
       </c>
-      <c r="N62" t="s">
-[...2 lines deleted...]
-      <c r="O62" t="s">
+      <c r="P62" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>364</v>
+      </c>
+      <c r="B63" t="s">
         <v>365</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
+        <v>353</v>
+      </c>
+      <c r="D63" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>53</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2008</v>
       </c>
       <c r="I63">
         <v>2015</v>
       </c>
       <c r="J63" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="K63" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="N63" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="O63" t="s">
+        <v>367</v>
+      </c>
+      <c r="P63" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>369</v>
+      </c>
+      <c r="B64" t="s">
         <v>370</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="D64" t="s">
         <v>372</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2008</v>
+        <v>1987</v>
       </c>
       <c r="I64">
-        <v>2015</v>
+        <v>1988</v>
       </c>
       <c r="J64" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="K64" t="s">
-        <v>327</v>
+        <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="N64" t="s">
-        <v>329</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="P64" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B65" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C65" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D65" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>108</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>1987</v>
       </c>
       <c r="I65">
         <v>1988</v>
       </c>
       <c r="J65" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>380</v>
+      </c>
       <c r="M65" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>381</v>
       </c>
       <c r="P65" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>383</v>
       </c>
       <c r="B66" t="s">
         <v>384</v>
       </c>
       <c r="C66" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D66" t="s">
-        <v>385</v>
+        <v>19</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>108</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="I66">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="J66" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>385</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
         <v>386</v>
       </c>
-      <c r="M66" t="s">
-[...5 lines deleted...]
-      <c r="O66" t="s">
+      <c r="P66" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
+        <v>388</v>
+      </c>
+      <c r="B67" t="s">
         <v>389</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D67" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>108</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>1989</v>
       </c>
       <c r="I67">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="J67" t="s">
-        <v>379</v>
+        <v>390</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
+        <v>374</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
         <v>391</v>
       </c>
-      <c r="N67" t="s">
-[...2 lines deleted...]
-      <c r="O67" t="s">
+      <c r="P67" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
+        <v>393</v>
+      </c>
+      <c r="B68" t="s">
         <v>394</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D68" t="s">
-        <v>37</v>
+        <v>122</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>108</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>1989</v>
       </c>
       <c r="I68">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="J68" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="P68" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B69" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C69" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D69" t="s">
-        <v>122</v>
+        <v>247</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>108</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="I69">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="J69" t="s">
-        <v>396</v>
+        <v>373</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="P69" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C70" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D70" t="s">
-        <v>247</v>
+        <v>231</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>108</v>
+        <v>53</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>1986</v>
+        <v>1999</v>
       </c>
       <c r="I70">
-        <v>1988</v>
+        <v>2000</v>
       </c>
       <c r="J70" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="L70"/>
+      <c r="L70" t="s">
+        <v>403</v>
+      </c>
       <c r="M70" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
+        <v>404</v>
+      </c>
+      <c r="P70" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
+        <v>406</v>
+      </c>
+      <c r="B71" t="s">
         <v>407</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D71" t="s">
-        <v>231</v>
+        <v>372</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>53</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="I71">
-        <v>2000</v>
+        <v>2014</v>
       </c>
       <c r="J71" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
+        <v>408</v>
+      </c>
+      <c r="M71" t="s">
+        <v>385</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
         <v>409</v>
       </c>
-      <c r="M71" t="s">
-[...5 lines deleted...]
-      <c r="O71" t="s">
+      <c r="P71" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
+        <v>411</v>
+      </c>
+      <c r="B72" t="s">
         <v>412</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D72" t="s">
-        <v>378</v>
+        <v>65</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>53</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2011</v>
       </c>
       <c r="I72">
         <v>2014</v>
       </c>
       <c r="J72" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
+        <v>413</v>
+      </c>
+      <c r="M72" t="s">
+        <v>385</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
         <v>414</v>
       </c>
-      <c r="M72" t="s">
-[...5 lines deleted...]
-      <c r="O72" t="s">
+      <c r="P72" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>416</v>
+      </c>
+      <c r="B73" t="s">
         <v>417</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>418</v>
       </c>
-      <c r="C73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" t="s">
-        <v>65</v>
+        <v>419</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="I73">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="J73" t="s">
-        <v>379</v>
+        <v>420</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="M73" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="P73"/>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B74" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C74" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D74" t="s">
-        <v>425</v>
+        <v>37</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2006</v>
       </c>
       <c r="I74">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="J74" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M74" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="P74"/>
+        <v>430</v>
+      </c>
+      <c r="P74" t="s">
+        <v>431</v>
+      </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B75" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C75" t="s">
-        <v>432</v>
+        <v>319</v>
       </c>
       <c r="D75" t="s">
-        <v>37</v>
+        <v>434</v>
       </c>
       <c r="E75" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F75" t="s">
-        <v>21</v>
+        <v>255</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="I75">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J75" t="s">
-        <v>433</v>
+        <v>198</v>
       </c>
       <c r="K75" t="s">
-        <v>24</v>
+        <v>435</v>
       </c>
       <c r="L75" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="M75" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="N75" t="s">
-        <v>27</v>
+        <v>109</v>
       </c>
       <c r="O75" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="P75" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B76" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C76" t="s">
-        <v>325</v>
+        <v>442</v>
       </c>
       <c r="D76" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="E76" t="s">
         <v>52</v>
       </c>
       <c r="F76" t="s">
-        <v>255</v>
+        <v>53</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="I76">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="J76" t="s">
-        <v>198</v>
+        <v>444</v>
       </c>
       <c r="K76" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>442</v>
+        <v>329</v>
       </c>
       <c r="M76" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="N76" t="s">
-        <v>109</v>
+        <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="P76" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B77" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C77" t="s">
-        <v>448</v>
+        <v>253</v>
       </c>
       <c r="D77" t="s">
-        <v>449</v>
+        <v>65</v>
       </c>
       <c r="E77" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>53</v>
+        <v>255</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I77">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J77" t="s">
+        <v>275</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
         <v>450</v>
       </c>
-      <c r="K77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M77" t="s">
+        <v>258</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
         <v>451</v>
       </c>
-      <c r="N77" t="s">
-[...2 lines deleted...]
-      <c r="O77" t="s">
+      <c r="P77" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
+        <v>453</v>
+      </c>
+      <c r="B78" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="C78" t="s">
         <v>253</v>
       </c>
       <c r="D78" t="s">
-        <v>65</v>
+        <v>455</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>255</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I78">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J78" t="s">
         <v>275</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
         <v>456</v>
       </c>
       <c r="M78" t="s">
         <v>258</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
         <v>457</v>
       </c>
       <c r="P78" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>459</v>
       </c>
       <c r="B79" t="s">
         <v>460</v>
       </c>
       <c r="C79" t="s">
         <v>253</v>
       </c>
       <c r="D79" t="s">
-        <v>461</v>
+        <v>114</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>255</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I79">
         <v>2016</v>
       </c>
       <c r="J79" t="s">
         <v>275</v>
       </c>
       <c r="K79" t="s">
-        <v>24</v>
+        <v>461</v>
       </c>
       <c r="L79" t="s">
         <v>462</v>
       </c>
       <c r="M79" t="s">
         <v>258</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
         <v>463</v>
       </c>
       <c r="P79" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>465</v>
       </c>
       <c r="B80" t="s">
         <v>466</v>
       </c>
       <c r="C80" t="s">
         <v>253</v>
       </c>
       <c r="D80" t="s">
-        <v>114</v>
+        <v>247</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>255</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I80">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="J80" t="s">
-        <v>275</v>
+        <v>256</v>
       </c>
       <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="M80" t="s">
         <v>258</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
+        <v>468</v>
+      </c>
+      <c r="P80" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
+        <v>470</v>
+      </c>
+      <c r="B81" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="C81" t="s">
         <v>253</v>
       </c>
       <c r="D81" t="s">
-        <v>247</v>
+        <v>472</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>255</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I81">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="J81" t="s">
-        <v>256</v>
+        <v>275</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
         <v>473</v>
       </c>
       <c r="M81" t="s">
         <v>258</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
         <v>474</v>
       </c>
       <c r="P81" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>476</v>
       </c>
       <c r="B82" t="s">
         <v>477</v>
       </c>
       <c r="C82" t="s">
         <v>253</v>
       </c>
       <c r="D82" t="s">
         <v>478</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>255</v>
+        <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I82">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J82" t="s">
-        <v>275</v>
+        <v>341</v>
       </c>
       <c r="K82" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L82" t="s">
+        <v>321</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
         <v>479</v>
       </c>
-      <c r="M82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N82" t="s">
-        <v>27</v>
+        <v>323</v>
       </c>
       <c r="O82" t="s">
         <v>480</v>
       </c>
       <c r="P82" t="s">
         <v>481</v>
-      </c>
-[...46 lines deleted...]
-        <v>487</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">