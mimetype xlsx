--- v0 (2025-11-26)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="541">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="542">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1307,50 +1307,53 @@
     <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
@@ -2078,51 +2081,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -5822,1218 +5825,1218 @@
       </c>
       <c r="P81" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>414</v>
       </c>
       <c r="B82" t="s">
         <v>415</v>
       </c>
       <c r="C82" t="s">
         <v>307</v>
       </c>
       <c r="D82" t="s">
         <v>416</v>
       </c>
       <c r="E82" t="s">
         <v>40</v>
       </c>
       <c r="F82" t="s">
         <v>308</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>417</v>
       </c>
       <c r="H82">
         <v>2021</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>409</v>
       </c>
       <c r="K82" t="s">
         <v>43</v>
       </c>
       <c r="L82" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="M82" t="s">
         <v>411</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
       <c r="O82" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P82" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B83" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C83" t="s">
         <v>307</v>
       </c>
       <c r="D83" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E83" t="s">
         <v>40</v>
       </c>
       <c r="F83" t="s">
         <v>308</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2021</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>409</v>
       </c>
       <c r="K83" t="s">
         <v>43</v>
       </c>
       <c r="L83" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="M83" t="s">
         <v>411</v>
       </c>
       <c r="N83" t="s">
         <v>26</v>
       </c>
       <c r="O83" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P83" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B84" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C84" t="s">
         <v>307</v>
       </c>
       <c r="D84" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E84" t="s">
         <v>40</v>
       </c>
       <c r="F84" t="s">
         <v>308</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2021</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>409</v>
       </c>
       <c r="K84" t="s">
         <v>43</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
         <v>310</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P84" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B85" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C85" t="s">
         <v>325</v>
       </c>
       <c r="D85" t="s">
         <v>326</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>41</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2011</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>327</v>
       </c>
       <c r="K85" t="s">
         <v>43</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
         <v>403</v>
       </c>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P85" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B86" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C86" t="s">
         <v>325</v>
       </c>
       <c r="D86" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>41</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2012</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>327</v>
       </c>
       <c r="K86" t="s">
         <v>32</v>
       </c>
       <c r="L86" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="M86" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
       <c r="O86" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P86" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B87" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C87" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D87" t="s">
         <v>385</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2014</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K87" t="s">
         <v>43</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="P87" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B88" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C88" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D88" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2014</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K88" t="s">
         <v>32</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P88" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B89" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C89" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D89" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2014</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K89" t="s">
         <v>43</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="P89" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B90" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C90" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D90" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2014</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K90" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="L90" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M90" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="P90" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B91" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C91" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D91" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2015</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K91" t="s">
         <v>43</v>
       </c>
       <c r="L91" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M91" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P91" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B92" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C92" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D92" t="s">
         <v>126</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2014</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K92" t="s">
         <v>43</v>
       </c>
       <c r="L92" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M92" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
       <c r="O92" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P92" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B93" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C93" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D93" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2014</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K93" t="s">
         <v>165</v>
       </c>
       <c r="L93" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="M93" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N93" t="s">
         <v>26</v>
       </c>
       <c r="O93" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P93" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B94" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C94" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D94" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2015</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K94" t="s">
         <v>43</v>
       </c>
       <c r="L94" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M94" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P94" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B95" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C95" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D95" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>41</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2014</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K95" t="s">
         <v>43</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="P95" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B96" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C96" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D96" t="s">
         <v>297</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>41</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2015</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="K96" t="s">
         <v>165</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="N96" t="s">
         <v>26</v>
       </c>
       <c r="O96" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="P96" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B97" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C97" t="s">
         <v>38</v>
       </c>
       <c r="D97" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E97" t="s">
         <v>40</v>
       </c>
       <c r="F97" t="s">
         <v>41</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2021</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>42</v>
       </c>
       <c r="K97" t="s">
         <v>43</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97" t="s">
         <v>26</v>
       </c>
       <c r="O97" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="P97" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B98" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C98" t="s">
         <v>38</v>
       </c>
       <c r="D98" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E98" t="s">
         <v>40</v>
       </c>
       <c r="F98" t="s">
         <v>135</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2021</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>42</v>
       </c>
       <c r="K98" t="s">
         <v>43</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="P98" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B99" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C99" t="s">
         <v>38</v>
       </c>
       <c r="D99" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E99" t="s">
         <v>40</v>
       </c>
       <c r="F99" t="s">
         <v>135</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2021</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>42</v>
       </c>
       <c r="K99" t="s">
         <v>43</v>
       </c>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99" t="s">
         <v>26</v>
       </c>
       <c r="O99" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="P99" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B100" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C100" t="s">
         <v>38</v>
       </c>
       <c r="D100" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E100" t="s">
         <v>40</v>
       </c>
       <c r="F100" t="s">
         <v>135</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2021</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>42</v>
       </c>
       <c r="K100" t="s">
         <v>43</v>
       </c>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100" t="s">
         <v>44</v>
       </c>
       <c r="O100" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="P100" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B101" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C101" t="s">
         <v>38</v>
       </c>
       <c r="D101" t="s">
         <v>385</v>
       </c>
       <c r="E101" t="s">
         <v>40</v>
       </c>
       <c r="F101" t="s">
         <v>135</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2021</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>42</v>
       </c>
       <c r="K101" t="s">
         <v>43</v>
       </c>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101" t="s">
         <v>26</v>
       </c>
       <c r="O101" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="P101" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B102" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C102" t="s">
         <v>38</v>
       </c>
       <c r="D102" t="s">
         <v>79</v>
       </c>
       <c r="E102" t="s">
         <v>40</v>
       </c>
       <c r="F102" t="s">
         <v>135</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2021</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
         <v>42</v>
       </c>
       <c r="K102" t="s">
         <v>43</v>
       </c>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P102" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B103" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C103" t="s">
         <v>38</v>
       </c>
       <c r="D103" t="s">
         <v>88</v>
       </c>
       <c r="E103" t="s">
         <v>40</v>
       </c>
       <c r="F103" t="s">
         <v>135</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2021</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>42</v>
       </c>
       <c r="K103" t="s">
         <v>43</v>
       </c>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103" t="s">
         <v>44</v>
       </c>
       <c r="O103" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="P103" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B104" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C104" t="s">
         <v>38</v>
       </c>
       <c r="D104" t="s">
         <v>72</v>
       </c>
       <c r="E104" t="s">
         <v>40</v>
       </c>
       <c r="F104" t="s">
         <v>135</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2021</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
         <v>42</v>
       </c>
       <c r="K104" t="s">
         <v>43</v>
       </c>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104" t="s">
         <v>26</v>
       </c>
       <c r="O104" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="P104" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B105" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C105" t="s">
         <v>38</v>
       </c>
       <c r="D105" t="s">
         <v>165</v>
       </c>
       <c r="E105" t="s">
         <v>40</v>
       </c>
       <c r="F105" t="s">
         <v>135</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2021</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>42</v>
       </c>
       <c r="K105" t="s">
         <v>32</v>
       </c>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105" t="s">
         <v>44</v>
       </c>
       <c r="O105" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P105" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B106" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>135</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2014</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>49</v>
       </c>
       <c r="K106" t="s">
         <v>43</v>
       </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106" t="s">
         <v>26</v>
       </c>
       <c r="O106" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P106" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B107" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C107" t="s">
         <v>96</v>
       </c>
       <c r="D107" t="s">
         <v>350</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>135</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2013</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>49</v>
       </c>
       <c r="K107" t="s">
         <v>43</v>
       </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107" t="s">
         <v>26</v>
       </c>
       <c r="O107" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="P107" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">