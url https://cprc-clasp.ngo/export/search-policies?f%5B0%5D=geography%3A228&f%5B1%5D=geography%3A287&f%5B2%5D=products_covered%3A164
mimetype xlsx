--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -62,93 +62,93 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
@@ -589,53 +589,51 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2022</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>