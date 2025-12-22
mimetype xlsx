--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -201,146 +201,146 @@
   <si>
     <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
   </si>
   <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
     <t>This policy covers incandescent lamps of general use.</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/8716/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
   </si>
   <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...35 lines deleted...]
-  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
     <t>Low-pressure lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
     <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
@@ -785,51 +785,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1101,136 +1101,136 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>61</v>
       </c>
       <c r="D7" t="s">
         <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>63</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J7" t="s">
         <v>64</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>67</v>
       </c>
       <c r="P7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>70</v>
       </c>
       <c r="D8" t="s">
         <v>71</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>63</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I8">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J8" t="s">
         <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>73</v>
       </c>
       <c r="M8" t="s">
         <v>66</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>74</v>
       </c>
       <c r="P8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>76</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
         <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>79</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>80</v>