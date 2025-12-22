--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -327,80 +327,80 @@
   <si>
     <t>https://internet-law.ru/gosts/gost/21307/</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
@@ -845,51 +845,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="619.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1545,63 +1545,63 @@
       </c>
       <c r="L14" t="s">
         <v>106</v>
       </c>
       <c r="M14" t="s">
         <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>45</v>
       </c>
       <c r="O14" t="s">
         <v>108</v>
       </c>
       <c r="P14" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>110</v>
       </c>
       <c r="B15" t="s">
         <v>111</v>
       </c>
       <c r="C15" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>104</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H15">
         <v>2018</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>113</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
         <v>114</v>
       </c>
       <c r="M15" t="s">
         <v>107</v>
       </c>
       <c r="N15" t="s">
         <v>45</v>
       </c>
       <c r="O15" t="s">
         <v>115</v>
       </c>
       <c r="P15" t="s">
         <v>116</v>