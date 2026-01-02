--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -189,84 +189,81 @@
   <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
     <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
   </si>
   <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/53522/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
@@ -729,51 +726,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1053,410 +1050,410 @@
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>60</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>62</v>
       </c>
       <c r="M7" t="s">
         <v>63</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>64</v>
       </c>
       <c r="P7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>60</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2025</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>62</v>
       </c>
       <c r="M8" t="s">
         <v>63</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C9" t="s">
         <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>46</v>
       </c>
       <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9" t="s">
         <v>76</v>
       </c>
-      <c r="L9" t="s">
+      <c r="M9" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
         <v>81</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
         <v>89</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>90</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>60</v>
       </c>
       <c r="G11" t="s">
         <v>45</v>
       </c>
       <c r="H11">
         <v>2017</v>
       </c>
       <c r="I11">
         <v>2021</v>
       </c>
       <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
         <v>93</v>
       </c>
-      <c r="K11" t="s">
+      <c r="L11" t="s">
         <v>94</v>
       </c>
-      <c r="L11" t="s">
+      <c r="M11" t="s">
         <v>95</v>
       </c>
-      <c r="M11" t="s">
+      <c r="N11" t="s">
         <v>96</v>
       </c>
-      <c r="N11" t="s">
+      <c r="O11" t="s">
         <v>97</v>
       </c>
-      <c r="O11" t="s">
+      <c r="P11" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
         <v>100</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>101</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>44</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
         <v>107</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>45</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
         <v>2013</v>
       </c>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">