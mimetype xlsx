--- v0 (2025-11-28)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="929">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="919">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2152,633 +2152,594 @@
   <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/53522/</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...7 lines deleted...]
-  <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
-[...11 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
+  </si>
+  <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
+  </si>
+  <si>
+    <t>AFNOR Certification</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-1</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 015 Imaging Equipment</t>
+  </si>
+  <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
+    <t>RAL-UZ 122 Version June 2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
+    <t>Outdoor Tools &amp; Equipment</t>
+  </si>
+  <si>
+    <t>Electricity, Oil</t>
+  </si>
+  <si>
+    <t>ISO 8178, CEC RF-08-A-85</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 048 Computers</t>
+  </si>
+  <si>
+    <t>Computers, Displays</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Computer Program Requirements Version 6</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 059 Heat Pumps</t>
+  </si>
+  <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
+    <t>EN 14511</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
+    <t>Doors, Windows</t>
+  </si>
+  <si>
+    <t>EN 14351-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 071 TV and Projector</t>
+  </si>
+  <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
+    <t>Televisions, Projectors</t>
+  </si>
+  <si>
+    <t>IEC 62087, ver. 2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
+  </si>
+  <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
+    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
+  </si>
+  <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
+    <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Electricity, Other Solid Fuel</t>
+  </si>
+  <si>
+    <t>See Policy</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
+    <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
+  </si>
+  <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
+  </si>
+  <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
+    <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
+  </si>
+  <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
+    <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Hand Dryers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Personal Computers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-personal-computers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
+  </si>
+  <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Coffee Machine</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Dishwashers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Electric Kettles</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: LEDs</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...481 lines deleted...]
-    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
     <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
   </si>
@@ -3270,51 +3231,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P194"/>
+  <dimension ref="A1:P191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -9937,51 +9898,51 @@
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
         <v>685</v>
       </c>
       <c r="B142" t="s">
         <v>686</v>
       </c>
       <c r="C142" t="s">
         <v>499</v>
       </c>
       <c r="D142" t="s">
         <v>687</v>
       </c>
       <c r="E142" t="s">
         <v>63</v>
       </c>
       <c r="F142" t="s">
         <v>64</v>
       </c>
       <c r="G142" t="s">
         <v>44</v>
       </c>
       <c r="H142">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>688</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
         <v>689</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
         <v>690</v>
       </c>
       <c r="P142" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
         <v>692</v>
@@ -10030,2386 +9991,2244 @@
         <v>691</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
         <v>696</v>
       </c>
       <c r="B144" t="s">
         <v>697</v>
       </c>
       <c r="C144" t="s">
         <v>499</v>
       </c>
       <c r="D144" t="s">
         <v>698</v>
       </c>
       <c r="E144" t="s">
         <v>63</v>
       </c>
       <c r="F144" t="s">
         <v>64</v>
       </c>
       <c r="G144" t="s">
         <v>44</v>
       </c>
-      <c r="H144">
+      <c r="H144"/>
+      <c r="I144">
         <v>2024</v>
       </c>
-      <c r="I144"/>
       <c r="J144" t="s">
         <v>688</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
         <v>689</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
         <v>699</v>
       </c>
       <c r="P144" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
         <v>700</v>
       </c>
       <c r="B145" t="s">
         <v>701</v>
       </c>
       <c r="C145" t="s">
         <v>499</v>
       </c>
       <c r="D145" t="s">
-        <v>172</v>
+        <v>493</v>
       </c>
       <c r="E145" t="s">
         <v>63</v>
       </c>
       <c r="F145" t="s">
-        <v>64</v>
+        <v>205</v>
       </c>
       <c r="G145" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H145">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I145"/>
+        <v>2011</v>
+      </c>
+      <c r="I145">
+        <v>2022</v>
+      </c>
       <c r="J145" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
-      <c r="L145"/>
+      <c r="L145" t="s">
+        <v>703</v>
+      </c>
       <c r="M145" t="s">
         <v>689</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="P145" t="s">
-        <v>691</v>
+        <v>705</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B146" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="C146" t="s">
         <v>499</v>
       </c>
       <c r="D146" t="s">
-        <v>493</v>
+        <v>687</v>
       </c>
       <c r="E146" t="s">
         <v>63</v>
       </c>
       <c r="F146" t="s">
         <v>205</v>
       </c>
       <c r="G146" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H146">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I146"/>
       <c r="J146" t="s">
-        <v>705</v>
+        <v>688</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
-      <c r="L146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
         <v>689</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="P146" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B147" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C147" t="s">
         <v>499</v>
       </c>
       <c r="D147" t="s">
-        <v>687</v>
+        <v>493</v>
       </c>
       <c r="E147" t="s">
         <v>63</v>
       </c>
       <c r="F147" t="s">
         <v>205</v>
       </c>
       <c r="G147" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H147">
+        <v>2011</v>
+      </c>
+      <c r="I147">
         <v>2025</v>
       </c>
-      <c r="I147"/>
       <c r="J147" t="s">
         <v>688</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
         <v>689</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="P147" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
         <v>713</v>
       </c>
       <c r="B148" t="s">
         <v>714</v>
       </c>
       <c r="C148" t="s">
         <v>499</v>
       </c>
       <c r="D148" t="s">
-        <v>715</v>
+        <v>19</v>
       </c>
       <c r="E148" t="s">
         <v>63</v>
       </c>
       <c r="F148" t="s">
         <v>205</v>
       </c>
       <c r="G148" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H148">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I148"/>
       <c r="J148" t="s">
-        <v>705</v>
+        <v>688</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
-      <c r="L148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
         <v>689</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="P148" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="B149" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="C149" t="s">
         <v>499</v>
       </c>
       <c r="D149" t="s">
-        <v>715</v>
+        <v>172</v>
       </c>
       <c r="E149" t="s">
         <v>63</v>
       </c>
       <c r="F149" t="s">
         <v>205</v>
       </c>
       <c r="G149" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H149">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I149">
         <v>2025</v>
       </c>
+      <c r="I149"/>
       <c r="J149" t="s">
         <v>688</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
         <v>689</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="P149" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="B150" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="C150" t="s">
-        <v>499</v>
+        <v>571</v>
       </c>
       <c r="D150" t="s">
-        <v>493</v>
+        <v>477</v>
       </c>
       <c r="E150" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>205</v>
+        <v>64</v>
       </c>
       <c r="G150" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H150">
         <v>2011</v>
       </c>
-      <c r="I150">
-[...1 lines deleted...]
-      </c>
+      <c r="I150"/>
       <c r="J150" t="s">
-        <v>688</v>
+        <v>572</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>689</v>
+        <v>602</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="P150" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
+        <v>723</v>
+      </c>
+      <c r="B151" t="s">
         <v>724</v>
       </c>
-      <c r="B151" t="s">
+      <c r="C151" t="s">
+        <v>571</v>
+      </c>
+      <c r="D151" t="s">
         <v>725</v>
       </c>
-      <c r="C151" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E151" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>205</v>
+        <v>64</v>
       </c>
       <c r="G151" t="s">
         <v>44</v>
       </c>
-      <c r="H151"/>
+      <c r="H151">
+        <v>2012</v>
+      </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>688</v>
+        <v>572</v>
       </c>
       <c r="K151" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L151"/>
+        <v>51</v>
+      </c>
+      <c r="L151" t="s">
+        <v>726</v>
+      </c>
       <c r="M151" t="s">
-        <v>689</v>
+        <v>727</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="P151" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B152" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C152" t="s">
-        <v>499</v>
+        <v>731</v>
       </c>
       <c r="D152" t="s">
-        <v>172</v>
+        <v>732</v>
       </c>
       <c r="E152" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>205</v>
+        <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H152">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I152"/>
+        <v>2006</v>
+      </c>
+      <c r="I152">
+        <v>2006</v>
+      </c>
       <c r="J152" t="s">
-        <v>688</v>
+        <v>733</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
-      <c r="L152"/>
+      <c r="L152" t="s">
+        <v>734</v>
+      </c>
       <c r="M152" t="s">
-        <v>689</v>
+        <v>735</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>729</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="P152"/>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="B153" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="C153" t="s">
-        <v>571</v>
+        <v>739</v>
       </c>
       <c r="D153" t="s">
-        <v>477</v>
+        <v>130</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>44</v>
       </c>
       <c r="H153">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>572</v>
+        <v>740</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>602</v>
+        <v>741</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="P153" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="B154" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="C154" t="s">
-        <v>571</v>
+        <v>739</v>
       </c>
       <c r="D154" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>44</v>
       </c>
       <c r="H154">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>572</v>
+        <v>740</v>
       </c>
       <c r="K154" t="s">
         <v>51</v>
       </c>
-      <c r="L154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L154"/>
       <c r="M154" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="P154" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="B155" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="C155" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="D155" t="s">
-        <v>743</v>
+        <v>588</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>21</v>
       </c>
       <c r="G155" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H155">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I155"/>
       <c r="J155" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
-      <c r="L155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L155"/>
       <c r="M155" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="P155"/>
+        <v>748</v>
+      </c>
+      <c r="P155" t="s">
+        <v>743</v>
+      </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B156" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C156" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="D156" t="s">
-        <v>130</v>
+        <v>37</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H156">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I156"/>
+        <v>2006</v>
+      </c>
+      <c r="I156">
+        <v>2015</v>
+      </c>
       <c r="J156" t="s">
+        <v>740</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
         <v>751</v>
       </c>
-      <c r="K156" t="s">
-[...2 lines deleted...]
-      <c r="L156"/>
       <c r="M156" t="s">
+        <v>741</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
         <v>752</v>
       </c>
-      <c r="N156" t="s">
-[...2 lines deleted...]
-      <c r="O156" t="s">
+      <c r="P156" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="B157" t="s">
         <v>755</v>
       </c>
       <c r="C157" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="D157" t="s">
         <v>756</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
         <v>44</v>
       </c>
       <c r="H157">
         <v>2014</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="K157" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L157"/>
+        <v>757</v>
+      </c>
+      <c r="L157" t="s">
+        <v>758</v>
+      </c>
       <c r="M157" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="P157" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
       <c r="B158" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C158" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="D158" t="s">
-        <v>588</v>
+        <v>762</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
         <v>44</v>
       </c>
       <c r="H158">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
-      <c r="L158"/>
+      <c r="L158" t="s">
+        <v>763</v>
+      </c>
       <c r="M158" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="P158" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="B159" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="C159" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="D159" t="s">
-        <v>37</v>
+        <v>196</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H159">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I159"/>
       <c r="J159" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="M159" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="P159" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="B160" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="C160" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="D160" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
         <v>44</v>
       </c>
       <c r="H160">
         <v>2014</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="K160" t="s">
-        <v>768</v>
+        <v>270</v>
       </c>
       <c r="L160" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="M160" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="P160" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B161" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="C161" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="D161" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>44</v>
       </c>
       <c r="H161">
         <v>2015</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="M161" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="P161" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="B162" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="C162" t="s">
-        <v>750</v>
+        <v>509</v>
       </c>
       <c r="D162" t="s">
-        <v>196</v>
+        <v>785</v>
       </c>
       <c r="E162" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F162" t="s">
-        <v>21</v>
+        <v>501</v>
       </c>
       <c r="G162" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H162">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I162"/>
+        <v>2017</v>
+      </c>
+      <c r="I162">
+        <v>2021</v>
+      </c>
       <c r="J162" t="s">
-        <v>751</v>
+        <v>435</v>
       </c>
       <c r="K162" t="s">
-        <v>24</v>
+        <v>786</v>
       </c>
       <c r="L162" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="M162" t="s">
-        <v>752</v>
+        <v>788</v>
       </c>
       <c r="N162" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="O162" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="P162" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="B163" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="C163" t="s">
-        <v>750</v>
+        <v>793</v>
       </c>
       <c r="D163" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G163" t="s">
         <v>44</v>
       </c>
       <c r="H163">
         <v>2014</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="K163" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L163"/>
       <c r="M163" t="s">
-        <v>752</v>
+        <v>795</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="P163" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="B164" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="C164" t="s">
-        <v>750</v>
+        <v>793</v>
       </c>
       <c r="D164" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="E164" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F164" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G164" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H164">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I164"/>
+        <v>2008</v>
+      </c>
+      <c r="I164">
+        <v>2013</v>
+      </c>
       <c r="J164" t="s">
-        <v>751</v>
+        <v>801</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164" t="s">
-        <v>791</v>
+        <v>387</v>
       </c>
       <c r="M164" t="s">
-        <v>752</v>
+        <v>795</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="P164" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="B165" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
       <c r="C165" t="s">
-        <v>509</v>
+        <v>499</v>
       </c>
       <c r="D165" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="E165" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>501</v>
+        <v>21</v>
       </c>
       <c r="G165" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H165">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I165"/>
       <c r="J165" t="s">
-        <v>435</v>
+        <v>733</v>
       </c>
       <c r="K165" t="s">
-        <v>797</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L165"/>
       <c r="M165" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="N165" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="P165" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="B166" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="C166" t="s">
-        <v>804</v>
+        <v>499</v>
       </c>
       <c r="D166" t="s">
-        <v>805</v>
+        <v>270</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G166" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="H166"/>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>751</v>
+        <v>502</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="P166" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B167" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="C167" t="s">
-        <v>804</v>
+        <v>499</v>
       </c>
       <c r="D167" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="E167" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G167" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="H167"/>
+      <c r="I167"/>
       <c r="J167" t="s">
-        <v>812</v>
+        <v>502</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
-      <c r="L167" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L167"/>
       <c r="M167" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="P167" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B168" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C168" t="s">
         <v>499</v>
       </c>
       <c r="D168" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="H168"/>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>744</v>
+        <v>502</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="P168" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="B169" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="C169" t="s">
         <v>499</v>
       </c>
       <c r="D169" t="s">
-        <v>270</v>
+        <v>826</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>215</v>
       </c>
       <c r="H169"/>
       <c r="I169"/>
       <c r="J169" t="s">
         <v>502</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="P169" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="B170" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="C170" t="s">
         <v>499</v>
       </c>
       <c r="D170" t="s">
-        <v>827</v>
+        <v>19</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-      <c r="I170"/>
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2012</v>
+      </c>
+      <c r="I170">
+        <v>2012</v>
+      </c>
       <c r="J170" t="s">
-        <v>502</v>
+        <v>733</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="P170" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="B171" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C171" t="s">
         <v>499</v>
       </c>
       <c r="D171" t="s">
-        <v>832</v>
+        <v>732</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-      <c r="I171"/>
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2012</v>
+      </c>
+      <c r="I171">
+        <v>2012</v>
+      </c>
       <c r="J171" t="s">
-        <v>502</v>
+        <v>733</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="P171" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="B172" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C172" t="s">
         <v>499</v>
       </c>
       <c r="D172" t="s">
-        <v>837</v>
+        <v>130</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="H172"/>
+        <v>44</v>
+      </c>
+      <c r="H172">
+        <v>2013</v>
+      </c>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>502</v>
+        <v>733</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="P172" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B173" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C173" t="s">
         <v>499</v>
       </c>
       <c r="D173" t="s">
-        <v>19</v>
+        <v>456</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H173">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I173"/>
       <c r="J173" t="s">
-        <v>744</v>
+        <v>428</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="P173" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B174" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C174" t="s">
         <v>499</v>
       </c>
       <c r="D174" t="s">
-        <v>743</v>
+        <v>471</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>21</v>
       </c>
       <c r="G174" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H174">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I174"/>
       <c r="J174" t="s">
-        <v>744</v>
+        <v>428</v>
       </c>
       <c r="K174" t="s">
-        <v>24</v>
+        <v>639</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="P174" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B175" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C175" t="s">
         <v>499</v>
       </c>
       <c r="D175" t="s">
-        <v>130</v>
+        <v>486</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175" t="s">
         <v>44</v>
       </c>
       <c r="H175">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>744</v>
+        <v>428</v>
       </c>
       <c r="K175" t="s">
-        <v>24</v>
+        <v>851</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="P175" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="B176" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C176" t="s">
         <v>499</v>
       </c>
       <c r="D176" t="s">
-        <v>456</v>
+        <v>856</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H176">
+        <v>2012</v>
+      </c>
+      <c r="I176">
         <v>2017</v>
       </c>
-      <c r="I176"/>
       <c r="J176" t="s">
         <v>428</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="P176" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="B177" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C177" t="s">
         <v>499</v>
       </c>
       <c r="D177" t="s">
-        <v>471</v>
+        <v>861</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
         <v>44</v>
       </c>
       <c r="H177">
         <v>2017</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
         <v>428</v>
       </c>
       <c r="K177" t="s">
-        <v>639</v>
+        <v>487</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="P177" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B178" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="C178" t="s">
         <v>499</v>
       </c>
       <c r="D178" t="s">
-        <v>486</v>
+        <v>866</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H178">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I178"/>
+        <v>2012</v>
+      </c>
+      <c r="I178">
+        <v>2012</v>
+      </c>
       <c r="J178" t="s">
-        <v>428</v>
+        <v>733</v>
       </c>
       <c r="K178" t="s">
-        <v>862</v>
+        <v>24</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="P178" t="s">
-        <v>864</v>
+        <v>832</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="B179" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="C179" t="s">
         <v>499</v>
       </c>
       <c r="D179" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H179">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I179">
         <v>2017</v>
       </c>
+      <c r="I179"/>
       <c r="J179" t="s">
         <v>428</v>
       </c>
       <c r="K179" t="s">
-        <v>24</v>
+        <v>487</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="P179" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="B180" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="C180" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="D180" t="s">
-        <v>872</v>
+        <v>523</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G180" t="s">
         <v>44</v>
       </c>
       <c r="H180">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>428</v>
       </c>
       <c r="K180" t="s">
-        <v>487</v>
+        <v>270</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
-        <v>818</v>
+        <v>788</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="P180" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B181" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C181" t="s">
-        <v>499</v>
+        <v>61</v>
       </c>
       <c r="D181" t="s">
-        <v>715</v>
+        <v>115</v>
       </c>
       <c r="E181" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F181" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G181" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H181">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I181"/>
       <c r="J181" t="s">
-        <v>744</v>
+        <v>65</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181"/>
-      <c r="M181" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M181"/>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="P181" t="s">
-        <v>843</v>
+        <v>880</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="B182" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C182" t="s">
-        <v>499</v>
+        <v>61</v>
       </c>
       <c r="D182" t="s">
-        <v>880</v>
+        <v>115</v>
       </c>
       <c r="E182" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F182" t="s">
-        <v>21</v>
+        <v>205</v>
       </c>
       <c r="G182" t="s">
         <v>44</v>
       </c>
       <c r="H182">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>428</v>
+        <v>65</v>
       </c>
       <c r="K182" t="s">
-        <v>487</v>
+        <v>24</v>
       </c>
       <c r="L182"/>
-      <c r="M182" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M182"/>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="P182" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B183" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C183" t="s">
-        <v>509</v>
+        <v>61</v>
       </c>
       <c r="D183" t="s">
-        <v>523</v>
+        <v>886</v>
       </c>
       <c r="E183" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F183" t="s">
-        <v>64</v>
+        <v>205</v>
       </c>
       <c r="G183" t="s">
         <v>44</v>
       </c>
       <c r="H183">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>428</v>
+        <v>65</v>
       </c>
       <c r="K183" t="s">
-        <v>270</v>
+        <v>24</v>
       </c>
       <c r="L183"/>
-      <c r="M183" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M183"/>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="P183" t="s">
-        <v>886</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B184" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C184" t="s">
         <v>61</v>
       </c>
       <c r="D184" t="s">
-        <v>115</v>
+        <v>890</v>
       </c>
       <c r="E184" t="s">
         <v>63</v>
       </c>
       <c r="F184" t="s">
-        <v>64</v>
+        <v>205</v>
       </c>
       <c r="G184" t="s">
         <v>44</v>
       </c>
       <c r="H184">
         <v>2021</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>65</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="O184" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="P184" t="s">
-        <v>890</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="B185" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C185" t="s">
         <v>61</v>
       </c>
       <c r="D185" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
       <c r="E185" t="s">
         <v>63</v>
       </c>
       <c r="F185" t="s">
         <v>205</v>
       </c>
       <c r="G185" t="s">
         <v>44</v>
       </c>
       <c r="H185">
         <v>2021</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
         <v>65</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="P185" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B186" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C186" t="s">
         <v>61</v>
       </c>
       <c r="D186" t="s">
-        <v>896</v>
+        <v>121</v>
       </c>
       <c r="E186" t="s">
         <v>63</v>
       </c>
       <c r="F186" t="s">
         <v>205</v>
       </c>
       <c r="G186" t="s">
         <v>44</v>
       </c>
       <c r="H186">
         <v>2021</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
         <v>65</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186"/>
       <c r="M186"/>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="P186" t="s">
-        <v>140</v>
+        <v>899</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B187" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C187" t="s">
         <v>61</v>
       </c>
       <c r="D187" t="s">
-        <v>900</v>
+        <v>138</v>
       </c>
       <c r="E187" t="s">
         <v>63</v>
       </c>
       <c r="F187" t="s">
         <v>205</v>
       </c>
       <c r="G187" t="s">
         <v>44</v>
       </c>
       <c r="H187">
         <v>2021</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
         <v>65</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187"/>
       <c r="M187"/>
       <c r="N187" t="s">
         <v>66</v>
       </c>
       <c r="O187" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="P187" t="s">
-        <v>140</v>
+        <v>903</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="B188" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C188" t="s">
         <v>61</v>
       </c>
       <c r="D188" t="s">
-        <v>130</v>
+        <v>102</v>
       </c>
       <c r="E188" t="s">
         <v>63</v>
       </c>
       <c r="F188" t="s">
         <v>205</v>
       </c>
       <c r="G188" t="s">
         <v>44</v>
       </c>
       <c r="H188">
         <v>2021</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>65</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188"/>
       <c r="M188"/>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="P188" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="B189" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C189" t="s">
         <v>61</v>
       </c>
       <c r="D189" t="s">
-        <v>121</v>
+        <v>270</v>
       </c>
       <c r="E189" t="s">
         <v>63</v>
       </c>
       <c r="F189" t="s">
         <v>205</v>
       </c>
       <c r="G189" t="s">
         <v>44</v>
       </c>
       <c r="H189">
         <v>2021</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>65</v>
       </c>
       <c r="K189" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="O189" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="P189" t="s">
-        <v>909</v>
+        <v>140</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B190" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C190" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="D190" t="s">
-        <v>138</v>
+        <v>826</v>
       </c>
       <c r="E190" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>205</v>
       </c>
       <c r="G190" t="s">
         <v>44</v>
       </c>
       <c r="H190">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="P190" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B191" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C191" t="s">
-        <v>61</v>
+        <v>146</v>
       </c>
       <c r="D191" t="s">
-        <v>102</v>
+        <v>37</v>
       </c>
       <c r="E191" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>205</v>
       </c>
       <c r="G191" t="s">
         <v>44</v>
       </c>
       <c r="H191">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191"/>
       <c r="M191"/>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="P191" t="s">
-        <v>917</v>
-[...3 lines deleted...]
-      <c r="A192" t="s">
         <v>918</v>
-      </c>
-[...125 lines deleted...]
-        <v>928</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">