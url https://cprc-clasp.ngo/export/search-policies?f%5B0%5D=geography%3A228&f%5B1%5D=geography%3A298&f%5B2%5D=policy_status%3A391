--- v0 (2025-11-28)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="462">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1160,60 +1160,63 @@
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
@@ -1266,102 +1269,102 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
     <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
@@ -4927,958 +4930,958 @@
       </c>
       <c r="P63" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>367</v>
       </c>
       <c r="B64" t="s">
         <v>368</v>
       </c>
       <c r="C64" t="s">
         <v>253</v>
       </c>
       <c r="D64" t="s">
         <v>369</v>
       </c>
       <c r="E64" t="s">
         <v>52</v>
       </c>
       <c r="F64" t="s">
         <v>53</v>
       </c>
       <c r="G64" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="H64">
         <v>2015</v>
       </c>
       <c r="I64">
         <v>2019</v>
       </c>
       <c r="J64" t="s">
         <v>362</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
         <v>364</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="P64" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B65" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C65" t="s">
         <v>253</v>
       </c>
       <c r="D65" t="s">
         <v>369</v>
       </c>
       <c r="E65" t="s">
         <v>52</v>
       </c>
       <c r="F65" t="s">
         <v>53</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2015</v>
       </c>
       <c r="I65">
         <v>2024</v>
       </c>
       <c r="J65" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>364</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P65" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B66" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C66" t="s">
         <v>253</v>
       </c>
       <c r="D66" t="s">
         <v>247</v>
       </c>
       <c r="E66" t="s">
         <v>52</v>
       </c>
       <c r="F66" t="s">
         <v>53</v>
       </c>
       <c r="G66" t="s">
         <v>8</v>
       </c>
       <c r="H66">
         <v>2008</v>
       </c>
       <c r="I66">
         <v>2014</v>
       </c>
       <c r="J66" t="s">
         <v>362</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="M66" t="s">
         <v>364</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P66" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B67" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C67" t="s">
         <v>253</v>
       </c>
       <c r="D67" t="s">
         <v>247</v>
       </c>
       <c r="E67" t="s">
         <v>52</v>
       </c>
       <c r="F67" t="s">
         <v>108</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2011</v>
       </c>
       <c r="I67">
         <v>2022</v>
       </c>
       <c r="J67" t="s">
         <v>362</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="M67" t="s">
         <v>364</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P67" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B68" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C68" t="s">
         <v>253</v>
       </c>
       <c r="D68" t="s">
         <v>86</v>
       </c>
       <c r="E68" t="s">
         <v>52</v>
       </c>
       <c r="F68" t="s">
         <v>108</v>
       </c>
       <c r="G68" t="s">
         <v>8</v>
       </c>
       <c r="H68">
         <v>2014</v>
       </c>
       <c r="I68">
         <v>2022</v>
       </c>
       <c r="J68" t="s">
         <v>362</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="M68" t="s">
         <v>364</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P68" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B69" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C69" t="s">
         <v>253</v>
       </c>
       <c r="D69" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E69" t="s">
         <v>52</v>
       </c>
       <c r="F69" t="s">
         <v>108</v>
       </c>
       <c r="G69" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
       <c r="I69">
         <v>2019</v>
       </c>
       <c r="J69" t="s">
         <v>362</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M69" t="s">
         <v>364</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P69" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B70" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C70" t="s">
         <v>253</v>
       </c>
       <c r="D70" t="s">
         <v>369</v>
       </c>
       <c r="E70" t="s">
         <v>52</v>
       </c>
       <c r="F70" t="s">
         <v>108</v>
       </c>
       <c r="G70" t="s">
         <v>8</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
       <c r="I70">
         <v>2024</v>
       </c>
       <c r="J70" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>364</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P70" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B71" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C71" t="s">
         <v>253</v>
       </c>
       <c r="D71" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E71" t="s">
         <v>52</v>
       </c>
       <c r="F71" t="s">
         <v>108</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>370</v>
       </c>
       <c r="H71">
         <v>2011</v>
       </c>
       <c r="I71">
         <v>2022</v>
       </c>
       <c r="J71" t="s">
         <v>362</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M71" t="s">
         <v>364</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P71" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B72" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>253</v>
       </c>
       <c r="D72" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E72" t="s">
         <v>52</v>
       </c>
       <c r="F72" t="s">
         <v>108</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H72">
         <v>2011</v>
       </c>
       <c r="I72">
         <v>2025</v>
       </c>
       <c r="J72" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>364</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="P72" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B73" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>253</v>
       </c>
       <c r="D73" t="s">
         <v>247</v>
       </c>
       <c r="E73" t="s">
         <v>52</v>
       </c>
       <c r="F73" t="s">
         <v>108</v>
       </c>
       <c r="G73" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="H73">
         <v>2011</v>
       </c>
       <c r="I73">
         <v>2022</v>
       </c>
       <c r="J73" t="s">
         <v>362</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M73" t="s">
         <v>364</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P73" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B74" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C74" t="s">
         <v>253</v>
       </c>
       <c r="D74" t="s">
         <v>247</v>
       </c>
       <c r="E74" t="s">
         <v>52</v>
       </c>
       <c r="F74" t="s">
         <v>108</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74">
         <v>2025</v>
       </c>
       <c r="J74" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>364</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="P74" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B75" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C75" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D75" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2006</v>
       </c>
       <c r="I75">
         <v>2006</v>
       </c>
       <c r="J75" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="M75" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="P75"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B76" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C76" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D76" t="s">
         <v>37</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2006</v>
       </c>
       <c r="I76">
         <v>2015</v>
       </c>
       <c r="J76" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="M76" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="P76" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B77" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C77" t="s">
         <v>263</v>
       </c>
       <c r="D77" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E77" t="s">
         <v>52</v>
       </c>
       <c r="F77" t="s">
         <v>255</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2017</v>
       </c>
       <c r="I77">
         <v>2021</v>
       </c>
       <c r="J77" t="s">
         <v>198</v>
       </c>
       <c r="K77" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="L77" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M77" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="N77" t="s">
         <v>109</v>
       </c>
       <c r="O77" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="P77" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B78" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C78" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D78" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E78" t="s">
         <v>52</v>
       </c>
       <c r="F78" t="s">
         <v>53</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2008</v>
       </c>
       <c r="I78">
         <v>2013</v>
       </c>
       <c r="J78" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
         <v>273</v>
       </c>
       <c r="M78" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P78" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B79" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C79" t="s">
         <v>253</v>
       </c>
       <c r="D79" t="s">
         <v>19</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2012</v>
       </c>
       <c r="I79">
         <v>2012</v>
       </c>
       <c r="J79" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P79" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B80" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C80" t="s">
         <v>253</v>
       </c>
       <c r="D80" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2012</v>
       </c>
       <c r="I80">
         <v>2012</v>
       </c>
       <c r="J80" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="P80" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B81" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C81" t="s">
         <v>253</v>
       </c>
       <c r="D81" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2012</v>
       </c>
       <c r="I81">
         <v>2017</v>
       </c>
       <c r="J81" t="s">
         <v>191</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="P81" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B82" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C82" t="s">
         <v>253</v>
       </c>
       <c r="D82" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2012</v>
       </c>
       <c r="I82">
         <v>2012</v>
       </c>
       <c r="J82" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P82" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">