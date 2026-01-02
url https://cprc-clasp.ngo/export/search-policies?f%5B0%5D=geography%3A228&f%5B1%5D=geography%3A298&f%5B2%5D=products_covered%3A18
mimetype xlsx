--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,153 +12,156 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
-[...10 lines deleted...]
-  <si>
     <t>September 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
@@ -352,129 +355,132 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/19717/</t>
   </si>
   <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
     <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
   </si>
   <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/53522/</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
@@ -1060,1321 +1066,1321 @@
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2015</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
-      <c r="M2" t="s">
+      <c r="M2"/>
+      <c r="N2" t="s">
         <v>25</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>26</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>31</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="P3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2019</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M4"/>
       <c r="N4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="N5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2019</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2019</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
+        <v>32</v>
+      </c>
+      <c r="N7" t="s">
         <v>25</v>
       </c>
-      <c r="N7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
+        <v>32</v>
+      </c>
+      <c r="N9" t="s">
         <v>25</v>
       </c>
-      <c r="N9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2019</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="N10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2019</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
+        <v>32</v>
+      </c>
+      <c r="N11" t="s">
         <v>25</v>
       </c>
-      <c r="N11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
+        <v>32</v>
+      </c>
+      <c r="N13" t="s">
         <v>25</v>
       </c>
-      <c r="N13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H15">
         <v>1987</v>
       </c>
       <c r="I15">
         <v>1988</v>
       </c>
       <c r="J15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H18">
         <v>2008</v>
       </c>
       <c r="I18">
         <v>2014</v>
       </c>
       <c r="J18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2025</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D20" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G20" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20">
         <v>2022</v>
       </c>
       <c r="J20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="M20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O20" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G21" t="s">
-        <v>84</v>
+        <v>8</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21">
         <v>2025</v>
       </c>
       <c r="J21" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N21" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O21" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="P21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K22" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="L22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M22" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="N22" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O22" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B23" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C23" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D23" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E23" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="N23" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="P23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C24" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D24" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G24" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24">
         <v>2021</v>
       </c>
       <c r="J24" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="K24" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="L24" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="M24" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P24" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B25" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C25" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D25" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E25" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2014</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="N25" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O25" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="P25" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B26" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C26" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D26" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H26">
         <v>2008</v>
       </c>
       <c r="I26">
         <v>2013</v>
       </c>
       <c r="J26" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M26" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="N26" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O26" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="P26" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B27" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D27" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E27" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F27" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G27" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
       <c r="I27">
         <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="N27" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O27" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P27" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B28" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C28" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O28" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="P28" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B29" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C29" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P29" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">