--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -258,69 +258,72 @@
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -1224,458 +1227,458 @@
       </c>
       <c r="P8" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>75</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>42</v>
       </c>
       <c r="D9" t="s">
         <v>68</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>37</v>
       </c>
       <c r="G9" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9" t="s">
         <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
         <v>72</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
         <v>42</v>
       </c>
       <c r="D10" t="s">
         <v>68</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>72</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>56</v>
       </c>
       <c r="K11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D12" t="s">
         <v>54</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>44</v>
       </c>
       <c r="G13" t="s">
         <v>45</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
       <c r="I13">
         <v>2021</v>
       </c>
       <c r="J13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15">
         <v>2008</v>
       </c>
       <c r="I15">
         <v>2013</v>
       </c>
       <c r="J15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
       <c r="D16" t="s">
         <v>68</v>
       </c>
       <c r="E16" t="s">
         <v>55</v>
       </c>
       <c r="F16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>37</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">