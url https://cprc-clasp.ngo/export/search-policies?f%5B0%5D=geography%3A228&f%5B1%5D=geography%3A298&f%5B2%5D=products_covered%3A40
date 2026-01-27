--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -1566,51 +1566,53 @@
         <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>112</v>
       </c>
       <c r="B15" t="s">
         <v>113</v>
       </c>
       <c r="C15" t="s">
         <v>83</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>47</v>
       </c>
       <c r="G15" t="s">
         <v>53</v>
       </c>
-      <c r="H15"/>
+      <c r="H15">
+        <v>2024</v>
+      </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>114</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>109</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>115</v>
       </c>
       <c r="P15" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>117</v>
       </c>