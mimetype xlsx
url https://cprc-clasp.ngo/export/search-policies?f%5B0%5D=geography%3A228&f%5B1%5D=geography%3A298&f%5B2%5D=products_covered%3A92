--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -135,69 +135,69 @@
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
     <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
@@ -820,51 +820,51 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>43</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>