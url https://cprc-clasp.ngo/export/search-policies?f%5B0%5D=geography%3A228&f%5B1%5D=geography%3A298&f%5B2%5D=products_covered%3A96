--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -12,208 +12,211 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
-[...10 lines deleted...]
-  <si>
     <t>September 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
@@ -677,337 +680,337 @@
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2015</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
-      <c r="M2" t="s">
+      <c r="M2"/>
+      <c r="N2" t="s">
         <v>25</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>26</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>31</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="P3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" t="s">
         <v>25</v>
       </c>
-      <c r="N5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2025</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H8">
         <v>2017</v>
       </c>
       <c r="I8">
         <v>2021</v>
       </c>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">