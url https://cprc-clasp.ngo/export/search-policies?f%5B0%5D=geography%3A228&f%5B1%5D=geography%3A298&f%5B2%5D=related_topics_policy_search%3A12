--- v0 (2025-11-29)
+++ v1 (2026-01-21)
@@ -342,77 +342,77 @@
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>