--- v1 (2026-01-26)
+++ v2 (2026-03-13)
@@ -1347,66 +1347,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
     <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
@@ -8966,136 +8966,136 @@
         <v>80</v>
       </c>
       <c r="K87" t="s">
         <v>66</v>
       </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
         <v>418</v>
       </c>
       <c r="P87" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>420</v>
       </c>
       <c r="B88" t="s">
         <v>421</v>
       </c>
       <c r="C88" t="s">
-        <v>18</v>
+        <v>206</v>
       </c>
       <c r="D88" t="s">
         <v>211</v>
       </c>
       <c r="E88" t="s">
         <v>78</v>
       </c>
       <c r="F88" t="s">
         <v>39</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>1992</v>
       </c>
       <c r="I88">
         <v>2013</v>
       </c>
       <c r="J88" t="s">
+        <v>344</v>
+      </c>
+      <c r="K88" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>86</v>
+        <v>423</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
         <v>424</v>
       </c>
       <c r="P88" t="s">
-        <v>425</v>
+        <v>241</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>420</v>
       </c>
       <c r="B89" t="s">
         <v>421</v>
       </c>
       <c r="C89" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="D89" t="s">
         <v>211</v>
       </c>
       <c r="E89" t="s">
         <v>78</v>
       </c>
       <c r="F89" t="s">
         <v>39</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>1992</v>
       </c>
       <c r="I89">
         <v>2013</v>
       </c>
       <c r="J89" t="s">
-        <v>344</v>
+        <v>425</v>
       </c>
       <c r="K89" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
+        <v>86</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
         <v>426</v>
       </c>
-      <c r="N89" t="s">
-[...2 lines deleted...]
-      <c r="O89" t="s">
+      <c r="P89" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
         <v>428</v>
       </c>
       <c r="B90" t="s">
         <v>429</v>
       </c>
       <c r="C90" t="s">
         <v>76</v>
       </c>
       <c r="D90" t="s">
         <v>430</v>
       </c>
       <c r="E90" t="s">
         <v>78</v>
       </c>
       <c r="F90" t="s">
         <v>39</v>
       </c>
       <c r="G90" t="s">
         <v>40</v>
       </c>
       <c r="H90">