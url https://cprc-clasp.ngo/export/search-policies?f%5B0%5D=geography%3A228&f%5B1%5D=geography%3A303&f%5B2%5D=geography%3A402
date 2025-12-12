--- v0 (2025-10-09)
+++ v1 (2025-12-12)
@@ -12,2930 +12,4774 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="901">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1478">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3199,12287 +5043,14112 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N296"/>
+  <dimension ref="A1:P297"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...30 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...23 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...11 lines deleted...]
-      <c r="J5" t="s">
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...23 lines deleted...]
-      <c r="E6" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>76</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...49 lines deleted...]
-      <c r="J7" t="s">
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" t="s">
+        <v>74</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>48</v>
       </c>
-      <c r="K7" t="s">
-[...125 lines deleted...]
-      <c r="K10"/>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>76</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="F11" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>74</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="K11"/>
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>87</v>
+      </c>
       <c r="L11"/>
-      <c r="M11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M11"/>
       <c r="N11" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>56</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="F12" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>74</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
         <v>2015</v>
       </c>
-      <c r="H12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="K12" t="s">
+        <v>87</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N12" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="F13" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>74</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
         <v>71</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="F14" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>74</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
         <v>2015</v>
       </c>
-      <c r="H14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="K14"/>
+        <v>75</v>
+      </c>
+      <c r="K14" t="s">
+        <v>87</v>
+      </c>
       <c r="L14"/>
-      <c r="M14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M14"/>
       <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
         <v>73</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" t="s">
+      <c r="F15" t="s">
         <v>74</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>48</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>81</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
         <v>75</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>104</v>
+      </c>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>74</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
         <v>2019</v>
       </c>
-      <c r="I15" t="s">
-[...17 lines deleted...]
-      <c r="A16" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>75</v>
+      </c>
+      <c r="K17" t="s">
+        <v>113</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>114</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
         <v>74</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1995</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>48</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>120</v>
+      </c>
+      <c r="M18" t="s">
+        <v>81</v>
+      </c>
+      <c r="N18" t="s">
+        <v>114</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" t="s">
+        <v>74</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1998</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>126</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>81</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>74</v>
+      </c>
+      <c r="G20" t="s">
+        <v>54</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>75</v>
       </c>
-      <c r="D16" t="s">
-[...11 lines deleted...]
-      <c r="H16">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>132</v>
+      </c>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>131</v>
+      </c>
+      <c r="E21" t="s">
+        <v>73</v>
+      </c>
+      <c r="F21" t="s">
+        <v>74</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
         <v>2019</v>
       </c>
-      <c r="I16" t="s">
-[...37 lines deleted...]
-      <c r="G17">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>48</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>132</v>
+      </c>
+      <c r="M21" t="s">
+        <v>81</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>140</v>
+      </c>
+      <c r="E22" t="s">
+        <v>73</v>
+      </c>
+      <c r="F22" t="s">
+        <v>74</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1997</v>
+      </c>
+      <c r="I22">
         <v>2019</v>
       </c>
-      <c r="H17"/>
-[...210 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K22"/>
+        <v>48</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="N22" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>114</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>143</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="D23" t="s">
-        <v>56</v>
+        <v>140</v>
       </c>
       <c r="E23" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>74</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>1997</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2019</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
       <c r="N23" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>114</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>101</v>
+        <v>146</v>
       </c>
       <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" t="s">
+        <v>73</v>
+      </c>
+      <c r="F24" t="s">
+        <v>74</v>
+      </c>
+      <c r="G24" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24">
+        <v>2019</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>75</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>76</v>
+      </c>
+      <c r="O24" t="s">
+        <v>149</v>
+      </c>
+      <c r="P24" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>146</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>148</v>
+      </c>
+      <c r="E25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25" t="s">
+        <v>74</v>
+      </c>
+      <c r="G25" t="s">
+        <v>54</v>
+      </c>
+      <c r="H25">
+        <v>2019</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>48</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>81</v>
+      </c>
+      <c r="N25" t="s">
+        <v>76</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>156</v>
+      </c>
+      <c r="D26" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" t="s">
+        <v>73</v>
+      </c>
+      <c r="F26" t="s">
+        <v>74</v>
+      </c>
+      <c r="G26" t="s">
+        <v>54</v>
+      </c>
+      <c r="H26">
+        <v>2023</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>48</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>158</v>
+      </c>
+      <c r="P26" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>160</v>
+      </c>
+      <c r="B27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>162</v>
+      </c>
+      <c r="E27" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" t="s">
+        <v>74</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1995</v>
+      </c>
+      <c r="I27">
+        <v>2023</v>
+      </c>
+      <c r="J27" t="s">
+        <v>163</v>
+      </c>
+      <c r="K27" t="s">
         <v>61</v>
       </c>
-      <c r="C24" t="s">
-[...127 lines deleted...]
-      <c r="G27">
+      <c r="L27" t="s">
+        <v>164</v>
+      </c>
+      <c r="M27" t="s">
+        <v>81</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>165</v>
+      </c>
+      <c r="P27" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>169</v>
+      </c>
+      <c r="E28" t="s">
+        <v>73</v>
+      </c>
+      <c r="F28" t="s">
+        <v>74</v>
+      </c>
+      <c r="G28" t="s">
+        <v>54</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>75</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>170</v>
+      </c>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>171</v>
+      </c>
+      <c r="P28" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" t="s">
+        <v>173</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>169</v>
+      </c>
+      <c r="E29" t="s">
+        <v>73</v>
+      </c>
+      <c r="F29" t="s">
+        <v>74</v>
+      </c>
+      <c r="G29" t="s">
+        <v>54</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>48</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>170</v>
+      </c>
+      <c r="M29" t="s">
+        <v>81</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>174</v>
+      </c>
+      <c r="P29" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B30" t="s">
+        <v>177</v>
+      </c>
+      <c r="C30" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" t="s">
+        <v>162</v>
+      </c>
+      <c r="E30" t="s">
+        <v>73</v>
+      </c>
+      <c r="F30" t="s">
+        <v>74</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>1995</v>
       </c>
-      <c r="H27">
-[...5 lines deleted...]
-      <c r="J27" t="s">
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>75</v>
+      </c>
+      <c r="K30" t="s">
+        <v>61</v>
+      </c>
+      <c r="L30" t="s">
+        <v>164</v>
+      </c>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>178</v>
+      </c>
+      <c r="P30" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>180</v>
+      </c>
+      <c r="B31" t="s">
+        <v>181</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>182</v>
+      </c>
+      <c r="E31" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" t="s">
+        <v>74</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>48</v>
       </c>
-      <c r="K27" t="s">
-[...122 lines deleted...]
-      <c r="J30" t="s">
+      <c r="K31" t="s">
+        <v>183</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>81</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>184</v>
+      </c>
+      <c r="P31" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>180</v>
+      </c>
+      <c r="B32" t="s">
+        <v>186</v>
+      </c>
+      <c r="C32" t="s">
+        <v>71</v>
+      </c>
+      <c r="D32" t="s">
+        <v>182</v>
+      </c>
+      <c r="E32" t="s">
+        <v>73</v>
+      </c>
+      <c r="F32" t="s">
+        <v>74</v>
+      </c>
+      <c r="G32" t="s">
+        <v>54</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>75</v>
+      </c>
+      <c r="K32" t="s">
+        <v>183</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>187</v>
+      </c>
+      <c r="P32"/>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>188</v>
+      </c>
+      <c r="B33" t="s">
+        <v>189</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>190</v>
+      </c>
+      <c r="E33" t="s">
+        <v>73</v>
+      </c>
+      <c r="F33" t="s">
+        <v>74</v>
+      </c>
+      <c r="G33" t="s">
+        <v>54</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>48</v>
       </c>
-      <c r="K30" t="s">
-[...29 lines deleted...]
-      <c r="G31">
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>81</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>191</v>
+      </c>
+      <c r="P33" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>188</v>
+      </c>
+      <c r="B34" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" t="s">
+        <v>71</v>
+      </c>
+      <c r="D34" t="s">
+        <v>190</v>
+      </c>
+      <c r="E34" t="s">
+        <v>73</v>
+      </c>
+      <c r="F34" t="s">
+        <v>74</v>
+      </c>
+      <c r="G34" t="s">
+        <v>54</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>75</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>193</v>
+      </c>
+      <c r="P34" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>195</v>
+      </c>
+      <c r="B35" t="s">
+        <v>196</v>
+      </c>
+      <c r="C35" t="s">
+        <v>156</v>
+      </c>
+      <c r="D35" t="s">
+        <v>197</v>
+      </c>
+      <c r="E35" t="s">
+        <v>73</v>
+      </c>
+      <c r="F35" t="s">
+        <v>74</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1979</v>
+      </c>
+      <c r="I35">
         <v>2013</v>
-      </c>
-[...160 lines deleted...]
-        <v>39</v>
       </c>
       <c r="J35" t="s">
         <v>48</v>
       </c>
-      <c r="K35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K35" t="s">
+        <v>61</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N35" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>198</v>
+      </c>
+      <c r="P35" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>130</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
-        <v>133</v>
+        <v>200</v>
       </c>
       <c r="C36" t="s">
+        <v>201</v>
+      </c>
+      <c r="D36" t="s">
+        <v>197</v>
+      </c>
+      <c r="E36" t="s">
+        <v>73</v>
+      </c>
+      <c r="F36" t="s">
+        <v>74</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1979</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>75</v>
+      </c>
+      <c r="K36" t="s">
+        <v>61</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36"/>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>202</v>
+      </c>
+      <c r="P36" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>204</v>
+      </c>
+      <c r="B37" t="s">
+        <v>205</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>206</v>
+      </c>
+      <c r="E37" t="s">
+        <v>73</v>
+      </c>
+      <c r="F37" t="s">
+        <v>74</v>
+      </c>
+      <c r="G37" t="s">
+        <v>54</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>48</v>
+      </c>
+      <c r="K37" t="s">
+        <v>183</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>81</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>207</v>
+      </c>
+      <c r="P37" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>209</v>
+      </c>
+      <c r="C38" t="s">
+        <v>71</v>
+      </c>
+      <c r="D38" t="s">
+        <v>206</v>
+      </c>
+      <c r="E38" t="s">
+        <v>73</v>
+      </c>
+      <c r="F38" t="s">
+        <v>74</v>
+      </c>
+      <c r="G38" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>75</v>
+      </c>
+      <c r="K38" t="s">
+        <v>183</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>210</v>
+      </c>
+      <c r="P38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>212</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
+        <v>71</v>
+      </c>
+      <c r="D39" t="s">
+        <v>214</v>
+      </c>
+      <c r="E39" t="s">
+        <v>73</v>
+      </c>
+      <c r="F39" t="s">
+        <v>215</v>
+      </c>
+      <c r="G39" t="s">
+        <v>54</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>75</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>216</v>
+      </c>
+      <c r="P39" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>218</v>
+      </c>
+      <c r="B40" t="s">
+        <v>219</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>214</v>
+      </c>
+      <c r="E40" t="s">
+        <v>73</v>
+      </c>
+      <c r="F40" t="s">
+        <v>215</v>
+      </c>
+      <c r="G40" t="s">
+        <v>54</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>48</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>81</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>220</v>
+      </c>
+      <c r="P40" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>222</v>
+      </c>
+      <c r="B41" t="s">
+        <v>223</v>
+      </c>
+      <c r="C41" t="s">
+        <v>71</v>
+      </c>
+      <c r="D41" t="s">
+        <v>224</v>
+      </c>
+      <c r="E41" t="s">
+        <v>73</v>
+      </c>
+      <c r="F41" t="s">
+        <v>215</v>
+      </c>
+      <c r="G41" t="s">
+        <v>225</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>75</v>
+      </c>
+      <c r="K41" t="s">
+        <v>87</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41"/>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>226</v>
+      </c>
+      <c r="P41" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>222</v>
+      </c>
+      <c r="B42" t="s">
+        <v>223</v>
+      </c>
+      <c r="C42" t="s">
+        <v>71</v>
+      </c>
+      <c r="D42" t="s">
+        <v>224</v>
+      </c>
+      <c r="E42" t="s">
+        <v>73</v>
+      </c>
+      <c r="F42" t="s">
+        <v>215</v>
+      </c>
+      <c r="G42" t="s">
+        <v>225</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>75</v>
+      </c>
+      <c r="K42" t="s">
+        <v>87</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42"/>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>228</v>
+      </c>
+      <c r="P42" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>222</v>
+      </c>
+      <c r="B43" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>224</v>
+      </c>
+      <c r="E43" t="s">
+        <v>73</v>
+      </c>
+      <c r="F43" t="s">
+        <v>215</v>
+      </c>
+      <c r="G43" t="s">
+        <v>225</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>48</v>
+      </c>
+      <c r="K43" t="s">
+        <v>87</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43"/>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>231</v>
+      </c>
+      <c r="P43" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
+        <v>71</v>
+      </c>
+      <c r="D44" t="s">
+        <v>86</v>
+      </c>
+      <c r="E44" t="s">
+        <v>73</v>
+      </c>
+      <c r="F44" t="s">
+        <v>215</v>
+      </c>
+      <c r="G44" t="s">
+        <v>54</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>75</v>
+      </c>
+      <c r="K44" t="s">
+        <v>235</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>236</v>
+      </c>
+      <c r="P44" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45" t="s">
+        <v>239</v>
+      </c>
+      <c r="C45" t="s">
+        <v>71</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" t="s">
+        <v>73</v>
+      </c>
+      <c r="F45" t="s">
+        <v>215</v>
+      </c>
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>75</v>
+      </c>
+      <c r="K45" t="s">
+        <v>87</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45"/>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>240</v>
+      </c>
+      <c r="P45" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>238</v>
+      </c>
+      <c r="B46" t="s">
+        <v>242</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" t="s">
+        <v>73</v>
+      </c>
+      <c r="F46" t="s">
+        <v>215</v>
+      </c>
+      <c r="G46" t="s">
+        <v>54</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>48</v>
+      </c>
+      <c r="K46" t="s">
+        <v>87</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>81</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>243</v>
+      </c>
+      <c r="P46" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>245</v>
+      </c>
+      <c r="B47" t="s">
+        <v>246</v>
+      </c>
+      <c r="C47" t="s">
+        <v>71</v>
+      </c>
+      <c r="D47" t="s">
+        <v>247</v>
+      </c>
+      <c r="E47" t="s">
+        <v>73</v>
+      </c>
+      <c r="F47" t="s">
+        <v>215</v>
+      </c>
+      <c r="G47" t="s">
+        <v>54</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>75</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47" t="s">
+        <v>76</v>
+      </c>
+      <c r="O47" t="s">
+        <v>248</v>
+      </c>
+      <c r="P47" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>250</v>
+      </c>
+      <c r="B48" t="s">
+        <v>251</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>247</v>
+      </c>
+      <c r="E48" t="s">
+        <v>73</v>
+      </c>
+      <c r="F48" t="s">
+        <v>215</v>
+      </c>
+      <c r="G48" t="s">
+        <v>54</v>
+      </c>
+      <c r="H48">
+        <v>2016</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>48</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>81</v>
+      </c>
+      <c r="N48" t="s">
+        <v>76</v>
+      </c>
+      <c r="O48" t="s">
+        <v>252</v>
+      </c>
+      <c r="P48" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>254</v>
+      </c>
+      <c r="B49" t="s">
+        <v>255</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>256</v>
+      </c>
+      <c r="E49" t="s">
+        <v>73</v>
+      </c>
+      <c r="F49" t="s">
+        <v>215</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>48</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N49" t="s">
+        <v>76</v>
+      </c>
+      <c r="O49" t="s">
+        <v>257</v>
+      </c>
+      <c r="P49" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
+        <v>260</v>
+      </c>
+      <c r="C50" t="s">
+        <v>71</v>
+      </c>
+      <c r="D50" t="s">
+        <v>261</v>
+      </c>
+      <c r="E50" t="s">
+        <v>73</v>
+      </c>
+      <c r="F50" t="s">
+        <v>215</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>75</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50"/>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>262</v>
+      </c>
+      <c r="P50" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>259</v>
+      </c>
+      <c r="B51" t="s">
+        <v>260</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>261</v>
+      </c>
+      <c r="E51" t="s">
+        <v>73</v>
+      </c>
+      <c r="F51" t="s">
+        <v>215</v>
+      </c>
+      <c r="G51" t="s">
+        <v>264</v>
+      </c>
+      <c r="H51">
+        <v>2009</v>
+      </c>
+      <c r="I51">
+        <v>2019</v>
+      </c>
+      <c r="J51" t="s">
+        <v>48</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>81</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>265</v>
+      </c>
+      <c r="P51" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>267</v>
+      </c>
+      <c r="B52" t="s">
+        <v>268</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>269</v>
+      </c>
+      <c r="E52" t="s">
+        <v>73</v>
+      </c>
+      <c r="F52" t="s">
+        <v>215</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>48</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>270</v>
+      </c>
+      <c r="M52" t="s">
+        <v>271</v>
+      </c>
+      <c r="N52" t="s">
+        <v>76</v>
+      </c>
+      <c r="O52" t="s">
+        <v>272</v>
+      </c>
+      <c r="P52" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>267</v>
+      </c>
+      <c r="B53" t="s">
+        <v>268</v>
+      </c>
+      <c r="C53" t="s">
+        <v>71</v>
+      </c>
+      <c r="D53" t="s">
+        <v>269</v>
+      </c>
+      <c r="E53" t="s">
+        <v>73</v>
+      </c>
+      <c r="F53" t="s">
+        <v>215</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53">
+        <v>2019</v>
+      </c>
+      <c r="J53" t="s">
+        <v>75</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53"/>
+      <c r="N53" t="s">
+        <v>76</v>
+      </c>
+      <c r="O53" t="s">
+        <v>274</v>
+      </c>
+      <c r="P53" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>267</v>
+      </c>
+      <c r="B54" t="s">
+        <v>268</v>
+      </c>
+      <c r="C54" t="s">
+        <v>71</v>
+      </c>
+      <c r="D54" t="s">
+        <v>269</v>
+      </c>
+      <c r="E54" t="s">
+        <v>73</v>
+      </c>
+      <c r="F54" t="s">
+        <v>215</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54">
+        <v>2019</v>
+      </c>
+      <c r="J54" t="s">
+        <v>75</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>270</v>
+      </c>
+      <c r="M54"/>
+      <c r="N54" t="s">
+        <v>76</v>
+      </c>
+      <c r="O54" t="s">
+        <v>276</v>
+      </c>
+      <c r="P54" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>278</v>
+      </c>
+      <c r="B55" t="s">
+        <v>279</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>280</v>
+      </c>
+      <c r="E55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F55" t="s">
+        <v>215</v>
+      </c>
+      <c r="G55" t="s">
+        <v>54</v>
+      </c>
+      <c r="H55">
+        <v>2019</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>75</v>
+      </c>
+      <c r="K55" t="s">
+        <v>61</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55"/>
+      <c r="N55" t="s">
+        <v>76</v>
+      </c>
+      <c r="O55" t="s">
+        <v>281</v>
+      </c>
+      <c r="P55" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B56" t="s">
+        <v>284</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
         <v>131</v>
       </c>
-      <c r="D36" t="s">
-[...11 lines deleted...]
-      <c r="H36">
+      <c r="E56" t="s">
+        <v>73</v>
+      </c>
+      <c r="F56" t="s">
+        <v>215</v>
+      </c>
+      <c r="G56" t="s">
+        <v>54</v>
+      </c>
+      <c r="H56">
+        <v>2019</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>48</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>81</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>285</v>
+      </c>
+      <c r="P56" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>287</v>
+      </c>
+      <c r="B57" t="s">
+        <v>288</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>125</v>
+      </c>
+      <c r="E57" t="s">
+        <v>73</v>
+      </c>
+      <c r="F57" t="s">
+        <v>215</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2000</v>
+      </c>
+      <c r="I57">
+        <v>2019</v>
+      </c>
+      <c r="J57" t="s">
+        <v>289</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>81</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>290</v>
+      </c>
+      <c r="P57" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>292</v>
+      </c>
+      <c r="B58" t="s">
+        <v>293</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>103</v>
+      </c>
+      <c r="E58" t="s">
+        <v>73</v>
+      </c>
+      <c r="F58" t="s">
+        <v>215</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2009</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>48</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>81</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>294</v>
+      </c>
+      <c r="P58" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>296</v>
+      </c>
+      <c r="B59" t="s">
+        <v>297</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>140</v>
+      </c>
+      <c r="E59" t="s">
+        <v>73</v>
+      </c>
+      <c r="F59" t="s">
+        <v>215</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2010</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>48</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>298</v>
+      </c>
+      <c r="M59" t="s">
+        <v>81</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>299</v>
+      </c>
+      <c r="P59" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>301</v>
+      </c>
+      <c r="B60" t="s">
+        <v>302</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>112</v>
+      </c>
+      <c r="E60" t="s">
+        <v>73</v>
+      </c>
+      <c r="F60" t="s">
+        <v>215</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>48</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>120</v>
+      </c>
+      <c r="M60" t="s">
+        <v>303</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>304</v>
+      </c>
+      <c r="P60" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>306</v>
+      </c>
+      <c r="B61" t="s">
+        <v>307</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>148</v>
+      </c>
+      <c r="E61" t="s">
+        <v>73</v>
+      </c>
+      <c r="F61" t="s">
+        <v>215</v>
+      </c>
+      <c r="G61" t="s">
+        <v>54</v>
+      </c>
+      <c r="H61">
+        <v>2019</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>48</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>81</v>
+      </c>
+      <c r="N61" t="s">
+        <v>76</v>
+      </c>
+      <c r="O61" t="s">
+        <v>308</v>
+      </c>
+      <c r="P61" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>310</v>
+      </c>
+      <c r="B62" t="s">
+        <v>311</v>
+      </c>
+      <c r="C62" t="s">
+        <v>71</v>
+      </c>
+      <c r="D62" t="s">
+        <v>312</v>
+      </c>
+      <c r="E62" t="s">
+        <v>73</v>
+      </c>
+      <c r="F62" t="s">
+        <v>215</v>
+      </c>
+      <c r="G62" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62">
+        <v>2019</v>
+      </c>
+      <c r="J62" t="s">
+        <v>75</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62"/>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>313</v>
+      </c>
+      <c r="P62" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>310</v>
+      </c>
+      <c r="B63" t="s">
+        <v>315</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>312</v>
+      </c>
+      <c r="E63" t="s">
+        <v>73</v>
+      </c>
+      <c r="F63" t="s">
+        <v>215</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63">
+        <v>2019</v>
+      </c>
+      <c r="J63" t="s">
+        <v>48</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>81</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>316</v>
+      </c>
+      <c r="P63" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>310</v>
+      </c>
+      <c r="B64" t="s">
+        <v>318</v>
+      </c>
+      <c r="C64" t="s">
+        <v>71</v>
+      </c>
+      <c r="D64" t="s">
+        <v>312</v>
+      </c>
+      <c r="E64" t="s">
+        <v>73</v>
+      </c>
+      <c r="F64" t="s">
+        <v>215</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2014</v>
+      </c>
+      <c r="I64">
+        <v>2019</v>
+      </c>
+      <c r="J64" t="s">
+        <v>75</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64"/>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>319</v>
+      </c>
+      <c r="P64" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>321</v>
+      </c>
+      <c r="B65" t="s">
+        <v>322</v>
+      </c>
+      <c r="C65" t="s">
+        <v>156</v>
+      </c>
+      <c r="D65" t="s">
+        <v>157</v>
+      </c>
+      <c r="E65" t="s">
+        <v>73</v>
+      </c>
+      <c r="F65" t="s">
+        <v>215</v>
+      </c>
+      <c r="G65" t="s">
+        <v>54</v>
+      </c>
+      <c r="H65">
+        <v>2023</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>48</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65"/>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>323</v>
+      </c>
+      <c r="P65" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>325</v>
+      </c>
+      <c r="B66" t="s">
+        <v>326</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>162</v>
+      </c>
+      <c r="E66" t="s">
+        <v>73</v>
+      </c>
+      <c r="F66" t="s">
+        <v>215</v>
+      </c>
+      <c r="G66" t="s">
+        <v>54</v>
+      </c>
+      <c r="H66">
+        <v>2012</v>
+      </c>
+      <c r="I66">
+        <v>2023</v>
+      </c>
+      <c r="J66" t="s">
+        <v>163</v>
+      </c>
+      <c r="K66" t="s">
+        <v>61</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>327</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>328</v>
+      </c>
+      <c r="P66" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>330</v>
+      </c>
+      <c r="B67" t="s">
+        <v>331</v>
+      </c>
+      <c r="C67" t="s">
+        <v>71</v>
+      </c>
+      <c r="D67" t="s">
+        <v>332</v>
+      </c>
+      <c r="E67" t="s">
+        <v>73</v>
+      </c>
+      <c r="F67" t="s">
+        <v>215</v>
+      </c>
+      <c r="G67" t="s">
+        <v>54</v>
+      </c>
+      <c r="H67">
         <v>2013</v>
       </c>
-      <c r="I36" t="s">
-[...2 lines deleted...]
-      <c r="J36" t="s">
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>75</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67"/>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>333</v>
+      </c>
+      <c r="P67" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>330</v>
+      </c>
+      <c r="B68" t="s">
+        <v>335</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>332</v>
+      </c>
+      <c r="E68" t="s">
+        <v>73</v>
+      </c>
+      <c r="F68" t="s">
+        <v>215</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68">
+        <v>2023</v>
+      </c>
+      <c r="J68" t="s">
         <v>48</v>
       </c>
-      <c r="K36"/>
-[...183 lines deleted...]
-      <c r="G41">
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>336</v>
+      </c>
+      <c r="P68" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>338</v>
+      </c>
+      <c r="B69" t="s">
+        <v>339</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>86</v>
+      </c>
+      <c r="E69" t="s">
+        <v>73</v>
+      </c>
+      <c r="F69" t="s">
+        <v>215</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2015</v>
       </c>
-      <c r="H41"/>
-[...203 lines deleted...]
-      <c r="N46" t="s">
+      <c r="I69">
+        <v>2024</v>
+      </c>
+      <c r="J69" t="s">
+        <v>340</v>
+      </c>
+      <c r="K69" t="s">
+        <v>235</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>81</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>341</v>
+      </c>
+      <c r="P69" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>343</v>
+      </c>
+      <c r="B70" t="s">
+        <v>344</v>
+      </c>
+      <c r="C70" t="s">
         <v>156</v>
       </c>
-    </row>
-[...951 lines deleted...]
-      </c>
       <c r="D70" t="s">
-        <v>56</v>
+        <v>345</v>
       </c>
       <c r="E70" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F70" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>215</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2024</v>
       </c>
-      <c r="I70" t="s">
-        <v>214</v>
+      <c r="I70">
+        <v>2024</v>
       </c>
       <c r="J70" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="N70" t="s">
+        <v>76</v>
+      </c>
+      <c r="O70" t="s">
+        <v>347</v>
+      </c>
+      <c r="P70" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>349</v>
+      </c>
+      <c r="B71" t="s">
+        <v>350</v>
+      </c>
+      <c r="C71" t="s">
+        <v>156</v>
+      </c>
+      <c r="D71" t="s">
+        <v>351</v>
+      </c>
+      <c r="E71" t="s">
+        <v>73</v>
+      </c>
+      <c r="F71" t="s">
         <v>215</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G71">
+      <c r="G71" t="s">
+        <v>352</v>
+      </c>
+      <c r="H71">
+        <v>2009</v>
+      </c>
+      <c r="I71">
+        <v>2019</v>
+      </c>
+      <c r="J71" t="s">
+        <v>353</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>354</v>
+      </c>
+      <c r="M71" t="s">
+        <v>355</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>356</v>
+      </c>
+      <c r="P71" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>358</v>
+      </c>
+      <c r="B72" t="s">
+        <v>359</v>
+      </c>
+      <c r="C72" t="s">
+        <v>71</v>
+      </c>
+      <c r="D72" t="s">
+        <v>169</v>
+      </c>
+      <c r="E72" t="s">
+        <v>73</v>
+      </c>
+      <c r="F72" t="s">
+        <v>215</v>
+      </c>
+      <c r="G72" t="s">
+        <v>54</v>
+      </c>
+      <c r="H72">
         <v>2014</v>
       </c>
-      <c r="H71"/>
-[...36 lines deleted...]
-      <c r="G72">
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>75</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>170</v>
+      </c>
+      <c r="M72"/>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>360</v>
+      </c>
+      <c r="P72" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>358</v>
+      </c>
+      <c r="B73" t="s">
+        <v>362</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>169</v>
+      </c>
+      <c r="E73" t="s">
+        <v>73</v>
+      </c>
+      <c r="F73" t="s">
+        <v>215</v>
+      </c>
+      <c r="G73" t="s">
+        <v>54</v>
+      </c>
+      <c r="H73">
         <v>2014</v>
       </c>
-      <c r="H72"/>
-[...38 lines deleted...]
-      <c r="G73">
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>48</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>170</v>
+      </c>
+      <c r="M73" t="s">
+        <v>81</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>363</v>
+      </c>
+      <c r="P73" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>365</v>
+      </c>
+      <c r="B74" t="s">
+        <v>366</v>
+      </c>
+      <c r="C74" t="s">
+        <v>71</v>
+      </c>
+      <c r="D74" t="s">
+        <v>367</v>
+      </c>
+      <c r="E74" t="s">
+        <v>73</v>
+      </c>
+      <c r="F74" t="s">
+        <v>215</v>
+      </c>
+      <c r="G74" t="s">
+        <v>54</v>
+      </c>
+      <c r="H74">
         <v>2012</v>
       </c>
-      <c r="H73"/>
-[...34 lines deleted...]
-      <c r="G74">
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>75</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74"/>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>368</v>
+      </c>
+      <c r="P74" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>370</v>
+      </c>
+      <c r="B75" t="s">
+        <v>371</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>367</v>
+      </c>
+      <c r="E75" t="s">
+        <v>73</v>
+      </c>
+      <c r="F75" t="s">
+        <v>215</v>
+      </c>
+      <c r="G75" t="s">
+        <v>54</v>
+      </c>
+      <c r="H75">
         <v>2012</v>
       </c>
-      <c r="H74"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K75"/>
+        <v>48</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="N75" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>372</v>
+      </c>
+      <c r="P75" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>224</v>
+        <v>374</v>
       </c>
       <c r="B76" t="s">
-        <v>15</v>
+        <v>375</v>
       </c>
       <c r="C76" t="s">
-        <v>212</v>
+        <v>71</v>
       </c>
       <c r="D76" t="s">
-        <v>56</v>
+        <v>345</v>
       </c>
       <c r="E76" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F76" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G76">
+        <v>215</v>
+      </c>
+      <c r="G76" t="s">
+        <v>54</v>
+      </c>
+      <c r="H76">
         <v>2011</v>
       </c>
-      <c r="H76"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76"/>
       <c r="N76" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>76</v>
+      </c>
+      <c r="O76" t="s">
+        <v>376</v>
+      </c>
+      <c r="P76" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>227</v>
+        <v>374</v>
       </c>
       <c r="B77" t="s">
-        <v>15</v>
+        <v>375</v>
       </c>
       <c r="C77" t="s">
-        <v>228</v>
+        <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>56</v>
+        <v>345</v>
       </c>
       <c r="E77" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F77" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>215</v>
+      </c>
+      <c r="G77" t="s">
+        <v>54</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>48</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>81</v>
+      </c>
+      <c r="N77" t="s">
+        <v>76</v>
+      </c>
+      <c r="O77" t="s">
+        <v>378</v>
+      </c>
+      <c r="P77" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>380</v>
+      </c>
+      <c r="B78" t="s">
+        <v>381</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>382</v>
+      </c>
+      <c r="E78" t="s">
+        <v>73</v>
+      </c>
+      <c r="F78" t="s">
+        <v>215</v>
+      </c>
+      <c r="G78" t="s">
+        <v>54</v>
+      </c>
+      <c r="H78">
         <v>2012</v>
       </c>
-      <c r="H77"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K78"/>
+        <v>48</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N78" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>383</v>
+      </c>
+      <c r="P78" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>231</v>
+        <v>380</v>
       </c>
       <c r="B79" t="s">
-        <v>15</v>
+        <v>385</v>
       </c>
       <c r="C79" t="s">
-        <v>232</v>
+        <v>71</v>
       </c>
       <c r="D79" t="s">
-        <v>56</v>
+        <v>382</v>
       </c>
       <c r="E79" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F79" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G79">
+        <v>215</v>
+      </c>
+      <c r="G79" t="s">
+        <v>54</v>
+      </c>
+      <c r="H79">
+        <v>2012</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>75</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79"/>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>386</v>
+      </c>
+      <c r="P79" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>388</v>
+      </c>
+      <c r="B80" t="s">
+        <v>389</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>390</v>
+      </c>
+      <c r="E80" t="s">
+        <v>73</v>
+      </c>
+      <c r="F80" t="s">
+        <v>215</v>
+      </c>
+      <c r="G80" t="s">
+        <v>54</v>
+      </c>
+      <c r="H80">
         <v>2014</v>
       </c>
-      <c r="H79"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
         <v>48</v>
       </c>
-      <c r="K80"/>
+      <c r="K80" t="s">
+        <v>61</v>
+      </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N80" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>391</v>
+      </c>
+      <c r="P80" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>235</v>
+        <v>388</v>
       </c>
       <c r="B81" t="s">
+        <v>393</v>
+      </c>
+      <c r="C81" t="s">
+        <v>71</v>
+      </c>
+      <c r="D81" t="s">
+        <v>390</v>
+      </c>
+      <c r="E81" t="s">
+        <v>73</v>
+      </c>
+      <c r="F81" t="s">
+        <v>215</v>
+      </c>
+      <c r="G81" t="s">
+        <v>54</v>
+      </c>
+      <c r="H81">
+        <v>2012</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>75</v>
+      </c>
+      <c r="K81" t="s">
         <v>61</v>
       </c>
-      <c r="C81" t="s">
-[...11 lines deleted...]
-      <c r="G81">
+      <c r="L81"/>
+      <c r="M81"/>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>394</v>
+      </c>
+      <c r="P81" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>396</v>
+      </c>
+      <c r="B82" t="s">
+        <v>397</v>
+      </c>
+      <c r="C82" t="s">
+        <v>71</v>
+      </c>
+      <c r="D82" t="s">
+        <v>398</v>
+      </c>
+      <c r="E82" t="s">
+        <v>73</v>
+      </c>
+      <c r="F82" t="s">
+        <v>215</v>
+      </c>
+      <c r="G82" t="s">
+        <v>54</v>
+      </c>
+      <c r="H82">
         <v>2013</v>
       </c>
-      <c r="H81"/>
-[...34 lines deleted...]
-      <c r="G82">
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>75</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82"/>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>399</v>
+      </c>
+      <c r="P82" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>396</v>
+      </c>
+      <c r="B83" t="s">
+        <v>401</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>398</v>
+      </c>
+      <c r="E83" t="s">
+        <v>73</v>
+      </c>
+      <c r="F83" t="s">
+        <v>215</v>
+      </c>
+      <c r="G83" t="s">
+        <v>54</v>
+      </c>
+      <c r="H83">
         <v>2013</v>
       </c>
-      <c r="H82"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="K83" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N83" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>402</v>
+      </c>
+      <c r="P83" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>239</v>
+        <v>404</v>
       </c>
       <c r="B84" t="s">
-        <v>15</v>
+        <v>405</v>
       </c>
       <c r="C84" t="s">
-        <v>122</v>
+        <v>71</v>
       </c>
       <c r="D84" t="s">
-        <v>56</v>
+        <v>182</v>
       </c>
       <c r="E84" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F84" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G84">
+        <v>215</v>
+      </c>
+      <c r="G84" t="s">
+        <v>54</v>
+      </c>
+      <c r="H84">
         <v>2013</v>
       </c>
-      <c r="H84"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="K84" t="s">
-        <v>240</v>
+        <v>183</v>
       </c>
       <c r="L84" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="M84"/>
       <c r="N84" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>407</v>
+      </c>
+      <c r="P84" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>243</v>
+        <v>404</v>
       </c>
       <c r="B85" t="s">
-        <v>133</v>
+        <v>409</v>
       </c>
       <c r="C85" t="s">
-        <v>110</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>56</v>
+        <v>182</v>
       </c>
       <c r="E85" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F85" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G85">
+        <v>215</v>
+      </c>
+      <c r="G85" t="s">
+        <v>54</v>
+      </c>
+      <c r="H85">
+        <v>2013</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>126</v>
+      </c>
+      <c r="K85" t="s">
+        <v>183</v>
+      </c>
+      <c r="L85" t="s">
+        <v>406</v>
+      </c>
+      <c r="M85" t="s">
+        <v>81</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>410</v>
+      </c>
+      <c r="P85" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>412</v>
+      </c>
+      <c r="B86" t="s">
+        <v>413</v>
+      </c>
+      <c r="C86" t="s">
+        <v>201</v>
+      </c>
+      <c r="D86" t="s">
+        <v>162</v>
+      </c>
+      <c r="E86" t="s">
+        <v>73</v>
+      </c>
+      <c r="F86" t="s">
+        <v>215</v>
+      </c>
+      <c r="G86" t="s">
+        <v>54</v>
+      </c>
+      <c r="H86">
         <v>2012</v>
       </c>
-      <c r="H85"/>
-[...34 lines deleted...]
-      <c r="G86">
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>75</v>
+      </c>
+      <c r="K86" t="s">
+        <v>61</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86"/>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>414</v>
+      </c>
+      <c r="P86" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>416</v>
+      </c>
+      <c r="B87" t="s">
+        <v>417</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>206</v>
+      </c>
+      <c r="E87" t="s">
+        <v>73</v>
+      </c>
+      <c r="F87" t="s">
+        <v>215</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
         <v>1992</v>
       </c>
-      <c r="H86">
+      <c r="I87">
         <v>2013</v>
       </c>
-      <c r="I86" t="s">
-[...35 lines deleted...]
-      <c r="G87">
+      <c r="J87" t="s">
+        <v>418</v>
+      </c>
+      <c r="K87" t="s">
+        <v>419</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>81</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>420</v>
+      </c>
+      <c r="P87" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>416</v>
+      </c>
+      <c r="B88" t="s">
+        <v>417</v>
+      </c>
+      <c r="C88" t="s">
+        <v>201</v>
+      </c>
+      <c r="D88" t="s">
+        <v>206</v>
+      </c>
+      <c r="E88" t="s">
+        <v>73</v>
+      </c>
+      <c r="F88" t="s">
+        <v>215</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>1992</v>
       </c>
-      <c r="H87">
+      <c r="I88">
         <v>2013</v>
       </c>
-      <c r="I87" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="J88" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K88"/>
+        <v>340</v>
+      </c>
+      <c r="K88" t="s">
+        <v>419</v>
+      </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>422</v>
       </c>
       <c r="N88" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>423</v>
+      </c>
+      <c r="P88" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>254</v>
+        <v>424</v>
       </c>
       <c r="B89" t="s">
-        <v>15</v>
+        <v>425</v>
       </c>
       <c r="C89" t="s">
-        <v>255</v>
+        <v>71</v>
       </c>
       <c r="D89" t="s">
-        <v>56</v>
+        <v>426</v>
       </c>
       <c r="E89" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F89" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G89">
+        <v>215</v>
+      </c>
+      <c r="G89" t="s">
+        <v>54</v>
+      </c>
+      <c r="H89">
+        <v>2009</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>75</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89"/>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>427</v>
+      </c>
+      <c r="P89" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>429</v>
+      </c>
+      <c r="B90" t="s">
+        <v>430</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>431</v>
+      </c>
+      <c r="E90" t="s">
+        <v>73</v>
+      </c>
+      <c r="F90" t="s">
+        <v>215</v>
+      </c>
+      <c r="G90" t="s">
+        <v>54</v>
+      </c>
+      <c r="H90">
         <v>2013</v>
       </c>
-      <c r="H89"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I90"/>
       <c r="J90" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K90"/>
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="N90" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>432</v>
+      </c>
+      <c r="P90" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>260</v>
+        <v>434</v>
       </c>
       <c r="B91" t="s">
-        <v>15</v>
+        <v>435</v>
       </c>
       <c r="C91" t="s">
-        <v>258</v>
+        <v>71</v>
       </c>
       <c r="D91" t="s">
-        <v>56</v>
+        <v>436</v>
       </c>
       <c r="E91" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="F91" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G91">
+        <v>215</v>
+      </c>
+      <c r="G91" t="s">
+        <v>54</v>
+      </c>
+      <c r="H91">
         <v>2015</v>
       </c>
-      <c r="H91"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
+        <v>75</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91"/>
+      <c r="N91" t="s">
+        <v>76</v>
+      </c>
+      <c r="O91" t="s">
+        <v>437</v>
+      </c>
+      <c r="P91" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>439</v>
+      </c>
+      <c r="B92" t="s">
+        <v>440</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>436</v>
+      </c>
+      <c r="E92" t="s">
+        <v>73</v>
+      </c>
+      <c r="F92" t="s">
+        <v>215</v>
+      </c>
+      <c r="G92" t="s">
+        <v>54</v>
+      </c>
+      <c r="H92">
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>48</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>81</v>
+      </c>
+      <c r="N92" t="s">
+        <v>76</v>
+      </c>
+      <c r="O92" t="s">
+        <v>441</v>
+      </c>
+      <c r="P92" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>443</v>
+      </c>
+      <c r="B93" t="s">
+        <v>444</v>
+      </c>
+      <c r="C93" t="s">
+        <v>445</v>
+      </c>
+      <c r="D93" t="s">
+        <v>446</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
         <v>21</v>
       </c>
-      <c r="K91"/>
-[...26 lines deleted...]
-      <c r="F92" t="s">
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2012</v>
+      </c>
+      <c r="I93">
+        <v>2020</v>
+      </c>
+      <c r="J93" t="s">
+        <v>447</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>448</v>
+      </c>
+      <c r="M93" t="s">
+        <v>449</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>450</v>
+      </c>
+      <c r="P93" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>452</v>
+      </c>
+      <c r="B94" t="s">
+        <v>453</v>
+      </c>
+      <c r="C94" t="s">
+        <v>445</v>
+      </c>
+      <c r="D94" t="s">
+        <v>32</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2017</v>
+      </c>
+      <c r="I94">
+        <v>2021</v>
+      </c>
+      <c r="J94" t="s">
+        <v>454</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>449</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>455</v>
+      </c>
+      <c r="P94" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>457</v>
+      </c>
+      <c r="B95" t="s">
+        <v>458</v>
+      </c>
+      <c r="C95" t="s">
+        <v>445</v>
+      </c>
+      <c r="D95" t="s">
+        <v>459</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>54</v>
+      </c>
+      <c r="H95">
+        <v>2018</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>460</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>449</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>461</v>
+      </c>
+      <c r="P95" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>463</v>
+      </c>
+      <c r="B96" t="s">
+        <v>464</v>
+      </c>
+      <c r="C96" t="s">
+        <v>445</v>
+      </c>
+      <c r="D96" t="s">
+        <v>465</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2010</v>
+      </c>
+      <c r="I96">
+        <v>2014</v>
+      </c>
+      <c r="J96" t="s">
+        <v>460</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>449</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>466</v>
+      </c>
+      <c r="P96" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>468</v>
+      </c>
+      <c r="B97" t="s">
+        <v>469</v>
+      </c>
+      <c r="C97" t="s">
+        <v>445</v>
+      </c>
+      <c r="D97" t="s">
+        <v>470</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2014</v>
+      </c>
+      <c r="I97">
+        <v>2020</v>
+      </c>
+      <c r="J97" t="s">
+        <v>447</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>449</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>471</v>
+      </c>
+      <c r="P97" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>473</v>
+      </c>
+      <c r="B98" t="s">
+        <v>474</v>
+      </c>
+      <c r="C98" t="s">
+        <v>445</v>
+      </c>
+      <c r="D98" t="s">
+        <v>475</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2013</v>
+      </c>
+      <c r="I98">
+        <v>2020</v>
+      </c>
+      <c r="J98" t="s">
+        <v>447</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>476</v>
+      </c>
+      <c r="M98" t="s">
+        <v>449</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>477</v>
+      </c>
+      <c r="P98" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>479</v>
+      </c>
+      <c r="B99" t="s">
+        <v>480</v>
+      </c>
+      <c r="C99" t="s">
+        <v>445</v>
+      </c>
+      <c r="D99" t="s">
+        <v>481</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>54</v>
+      </c>
+      <c r="H99">
+        <v>2019</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>460</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>449</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>482</v>
+      </c>
+      <c r="P99" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>484</v>
+      </c>
+      <c r="B100" t="s">
+        <v>485</v>
+      </c>
+      <c r="C100" t="s">
+        <v>445</v>
+      </c>
+      <c r="D100" t="s">
+        <v>486</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2014</v>
+      </c>
+      <c r="I100">
+        <v>2020</v>
+      </c>
+      <c r="J100" t="s">
+        <v>460</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>449</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>487</v>
+      </c>
+      <c r="P100" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>489</v>
+      </c>
+      <c r="B101" t="s">
+        <v>458</v>
+      </c>
+      <c r="C101" t="s">
+        <v>445</v>
+      </c>
+      <c r="D101" t="s">
+        <v>490</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2010</v>
+      </c>
+      <c r="I101">
+        <v>2018</v>
+      </c>
+      <c r="J101" t="s">
+        <v>460</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>491</v>
+      </c>
+      <c r="M101" t="s">
+        <v>449</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>492</v>
+      </c>
+      <c r="P101" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>494</v>
+      </c>
+      <c r="B102" t="s">
+        <v>495</v>
+      </c>
+      <c r="C102" t="s">
+        <v>445</v>
+      </c>
+      <c r="D102" t="s">
+        <v>496</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2014</v>
+      </c>
+      <c r="I102">
+        <v>2019</v>
+      </c>
+      <c r="J102" t="s">
+        <v>447</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>449</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>497</v>
+      </c>
+      <c r="P102" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>499</v>
+      </c>
+      <c r="B103" t="s">
+        <v>500</v>
+      </c>
+      <c r="C103" t="s">
+        <v>445</v>
+      </c>
+      <c r="D103" t="s">
+        <v>47</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2017</v>
+      </c>
+      <c r="I103">
+        <v>2020</v>
+      </c>
+      <c r="J103" t="s">
+        <v>460</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>449</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>501</v>
+      </c>
+      <c r="P103" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>503</v>
+      </c>
+      <c r="B104" t="s">
+        <v>504</v>
+      </c>
+      <c r="C104" t="s">
+        <v>445</v>
+      </c>
+      <c r="D104" t="s">
+        <v>505</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2009</v>
+      </c>
+      <c r="I104">
+        <v>2019</v>
+      </c>
+      <c r="J104" t="s">
+        <v>447</v>
+      </c>
+      <c r="K104" t="s">
+        <v>506</v>
+      </c>
+      <c r="L104" t="s">
+        <v>507</v>
+      </c>
+      <c r="M104" t="s">
+        <v>449</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>508</v>
+      </c>
+      <c r="P104" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>510</v>
+      </c>
+      <c r="B105" t="s">
+        <v>511</v>
+      </c>
+      <c r="C105" t="s">
+        <v>445</v>
+      </c>
+      <c r="D105" t="s">
+        <v>512</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105">
+        <v>2020</v>
+      </c>
+      <c r="J105" t="s">
+        <v>447</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>513</v>
+      </c>
+      <c r="M105" t="s">
+        <v>449</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>514</v>
+      </c>
+      <c r="P105" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>516</v>
+      </c>
+      <c r="B106" t="s">
+        <v>517</v>
+      </c>
+      <c r="C106" t="s">
+        <v>518</v>
+      </c>
+      <c r="D106" t="s">
+        <v>512</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>74</v>
+      </c>
+      <c r="G106" t="s">
+        <v>40</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>519</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>520</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>521</v>
+      </c>
+      <c r="P106" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>523</v>
+      </c>
+      <c r="B107" t="s">
+        <v>524</v>
+      </c>
+      <c r="C107" t="s">
+        <v>518</v>
+      </c>
+      <c r="D107" t="s">
+        <v>525</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>74</v>
+      </c>
+      <c r="G107" t="s">
+        <v>40</v>
+      </c>
+      <c r="H107"/>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>519</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>520</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>526</v>
+      </c>
+      <c r="P107" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>528</v>
+      </c>
+      <c r="B108" t="s">
+        <v>529</v>
+      </c>
+      <c r="C108" t="s">
+        <v>518</v>
+      </c>
+      <c r="D108" t="s">
+        <v>140</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>74</v>
+      </c>
+      <c r="G108" t="s">
+        <v>40</v>
+      </c>
+      <c r="H108"/>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>519</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>520</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>530</v>
+      </c>
+      <c r="P108" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>532</v>
+      </c>
+      <c r="B109" t="s">
+        <v>533</v>
+      </c>
+      <c r="C109" t="s">
+        <v>518</v>
+      </c>
+      <c r="D109" t="s">
+        <v>162</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>74</v>
+      </c>
+      <c r="G109" t="s">
+        <v>40</v>
+      </c>
+      <c r="H109"/>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>519</v>
+      </c>
+      <c r="K109" t="s">
+        <v>61</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>520</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>534</v>
+      </c>
+      <c r="P109" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>536</v>
+      </c>
+      <c r="B110" t="s">
+        <v>537</v>
+      </c>
+      <c r="C110" t="s">
+        <v>538</v>
+      </c>
+      <c r="D110" t="s">
+        <v>539</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>74</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2021</v>
+      </c>
+      <c r="I110">
+        <v>2019</v>
+      </c>
+      <c r="J110" t="s">
+        <v>540</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>541</v>
+      </c>
+      <c r="M110" t="s">
+        <v>542</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>543</v>
+      </c>
+      <c r="P110" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>545</v>
+      </c>
+      <c r="B111" t="s">
+        <v>546</v>
+      </c>
+      <c r="C111" t="s">
+        <v>538</v>
+      </c>
+      <c r="D111" t="s">
+        <v>490</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>74</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2014</v>
+      </c>
+      <c r="I111">
+        <v>2019</v>
+      </c>
+      <c r="J111" t="s">
+        <v>547</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>548</v>
+      </c>
+      <c r="M111" t="s">
+        <v>542</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>549</v>
+      </c>
+      <c r="P111" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>551</v>
+      </c>
+      <c r="B112" t="s">
+        <v>552</v>
+      </c>
+      <c r="C112" t="s">
+        <v>538</v>
+      </c>
+      <c r="D112" t="s">
+        <v>490</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>74</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2015</v>
+      </c>
+      <c r="I112">
+        <v>2019</v>
+      </c>
+      <c r="J112" t="s">
+        <v>540</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>553</v>
+      </c>
+      <c r="M112" t="s">
+        <v>542</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>554</v>
+      </c>
+      <c r="P112" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>556</v>
+      </c>
+      <c r="B113" t="s">
+        <v>557</v>
+      </c>
+      <c r="C113" t="s">
+        <v>538</v>
+      </c>
+      <c r="D113" t="s">
+        <v>558</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>74</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2012</v>
+      </c>
+      <c r="I113">
+        <v>2019</v>
+      </c>
+      <c r="J113" t="s">
+        <v>540</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>559</v>
+      </c>
+      <c r="M113" t="s">
+        <v>542</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>560</v>
+      </c>
+      <c r="P113" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>562</v>
+      </c>
+      <c r="B114" t="s">
+        <v>563</v>
+      </c>
+      <c r="C114" t="s">
+        <v>538</v>
+      </c>
+      <c r="D114" t="s">
+        <v>496</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>74</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2012</v>
+      </c>
+      <c r="I114">
+        <v>2019</v>
+      </c>
+      <c r="J114" t="s">
+        <v>547</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>564</v>
+      </c>
+      <c r="M114" t="s">
+        <v>542</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>565</v>
+      </c>
+      <c r="P114" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>567</v>
+      </c>
+      <c r="B115" t="s">
+        <v>568</v>
+      </c>
+      <c r="C115" t="s">
+        <v>538</v>
+      </c>
+      <c r="D115" t="s">
+        <v>569</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>74</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2014</v>
+      </c>
+      <c r="I115">
+        <v>2019</v>
+      </c>
+      <c r="J115" t="s">
+        <v>547</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>570</v>
+      </c>
+      <c r="M115" t="s">
+        <v>542</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>571</v>
+      </c>
+      <c r="P115" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>573</v>
+      </c>
+      <c r="B116" t="s">
+        <v>574</v>
+      </c>
+      <c r="C116" t="s">
+        <v>538</v>
+      </c>
+      <c r="D116" t="s">
+        <v>72</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>74</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2015</v>
+      </c>
+      <c r="I116">
+        <v>2019</v>
+      </c>
+      <c r="J116" t="s">
+        <v>547</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>575</v>
+      </c>
+      <c r="M116" t="s">
+        <v>542</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>576</v>
+      </c>
+      <c r="P116" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>578</v>
+      </c>
+      <c r="B117" t="s">
+        <v>579</v>
+      </c>
+      <c r="C117" t="s">
+        <v>538</v>
+      </c>
+      <c r="D117" t="s">
+        <v>580</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>74</v>
+      </c>
+      <c r="G117" t="s">
+        <v>54</v>
+      </c>
+      <c r="H117">
+        <v>2015</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>547</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>581</v>
+      </c>
+      <c r="M117" t="s">
+        <v>582</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>583</v>
+      </c>
+      <c r="P117" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>585</v>
+      </c>
+      <c r="B118" t="s">
+        <v>586</v>
+      </c>
+      <c r="C118" t="s">
+        <v>538</v>
+      </c>
+      <c r="D118" t="s">
         <v>19</v>
       </c>
-      <c r="G92">
-[...8 lines deleted...]
-      <c r="J92" t="s">
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>74</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2014</v>
+      </c>
+      <c r="I118">
+        <v>2019</v>
+      </c>
+      <c r="J118" t="s">
+        <v>540</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>587</v>
+      </c>
+      <c r="M118" t="s">
+        <v>542</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>588</v>
+      </c>
+      <c r="P118" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>590</v>
+      </c>
+      <c r="B119" t="s">
+        <v>591</v>
+      </c>
+      <c r="C119" t="s">
+        <v>538</v>
+      </c>
+      <c r="D119" t="s">
+        <v>119</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>74</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2013</v>
+      </c>
+      <c r="I119">
+        <v>2019</v>
+      </c>
+      <c r="J119" t="s">
+        <v>547</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>592</v>
+      </c>
+      <c r="M119" t="s">
+        <v>542</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>593</v>
+      </c>
+      <c r="P119" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>595</v>
+      </c>
+      <c r="B120" t="s">
+        <v>596</v>
+      </c>
+      <c r="C120" t="s">
+        <v>538</v>
+      </c>
+      <c r="D120" t="s">
+        <v>597</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>74</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2017</v>
+      </c>
+      <c r="I120">
+        <v>2019</v>
+      </c>
+      <c r="J120" t="s">
+        <v>547</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>598</v>
+      </c>
+      <c r="M120" t="s">
+        <v>542</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>599</v>
+      </c>
+      <c r="P120" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>601</v>
+      </c>
+      <c r="B121" t="s">
+        <v>602</v>
+      </c>
+      <c r="C121" t="s">
+        <v>538</v>
+      </c>
+      <c r="D121" t="s">
+        <v>382</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>74</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2016</v>
+      </c>
+      <c r="I121">
+        <v>2019</v>
+      </c>
+      <c r="J121" t="s">
+        <v>547</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>603</v>
+      </c>
+      <c r="M121" t="s">
+        <v>542</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>604</v>
+      </c>
+      <c r="P121" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>606</v>
+      </c>
+      <c r="B122" t="s">
+        <v>607</v>
+      </c>
+      <c r="C122" t="s">
+        <v>608</v>
+      </c>
+      <c r="D122" t="s">
+        <v>609</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>74</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2010</v>
+      </c>
+      <c r="I122">
+        <v>2017</v>
+      </c>
+      <c r="J122" t="s">
+        <v>454</v>
+      </c>
+      <c r="K122" t="s">
+        <v>610</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>611</v>
+      </c>
+      <c r="N122" t="s">
+        <v>612</v>
+      </c>
+      <c r="O122" t="s">
+        <v>613</v>
+      </c>
+      <c r="P122" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>615</v>
+      </c>
+      <c r="B123" t="s">
+        <v>616</v>
+      </c>
+      <c r="C123" t="s">
+        <v>71</v>
+      </c>
+      <c r="D123" t="s">
+        <v>617</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
         <v>21</v>
       </c>
-      <c r="K92" t="s">
-[...40 lines deleted...]
-      <c r="J93" t="s">
+      <c r="G123" t="s">
+        <v>54</v>
+      </c>
+      <c r="H123">
+        <v>2015</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>618</v>
+      </c>
+      <c r="K123" t="s">
+        <v>280</v>
+      </c>
+      <c r="L123" t="s">
+        <v>406</v>
+      </c>
+      <c r="M123" t="s">
+        <v>619</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>620</v>
+      </c>
+      <c r="P123" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>615</v>
+      </c>
+      <c r="B124" t="s">
+        <v>622</v>
+      </c>
+      <c r="C124" t="s">
+        <v>71</v>
+      </c>
+      <c r="D124" t="s">
+        <v>622</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
         <v>21</v>
       </c>
-      <c r="K93"/>
-[...36 lines deleted...]
-      <c r="J94" t="s">
+      <c r="G124" t="s">
+        <v>54</v>
+      </c>
+      <c r="H124">
+        <v>2015</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>618</v>
+      </c>
+      <c r="K124" t="s">
+        <v>280</v>
+      </c>
+      <c r="L124" t="s">
+        <v>406</v>
+      </c>
+      <c r="M124" t="s">
+        <v>619</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>623</v>
+      </c>
+      <c r="P124" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>615</v>
+      </c>
+      <c r="B125" t="s">
+        <v>624</v>
+      </c>
+      <c r="C125" t="s">
+        <v>71</v>
+      </c>
+      <c r="D125" t="s">
+        <v>53</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
         <v>21</v>
       </c>
-      <c r="K94"/>
-[...38 lines deleted...]
-      <c r="J95" t="s">
+      <c r="G125" t="s">
+        <v>54</v>
+      </c>
+      <c r="H125">
+        <v>2015</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>618</v>
+      </c>
+      <c r="K125" t="s">
+        <v>625</v>
+      </c>
+      <c r="L125" t="s">
+        <v>406</v>
+      </c>
+      <c r="M125" t="s">
+        <v>619</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>626</v>
+      </c>
+      <c r="P125" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>615</v>
+      </c>
+      <c r="B126" t="s">
+        <v>627</v>
+      </c>
+      <c r="C126" t="s">
+        <v>71</v>
+      </c>
+      <c r="D126" t="s">
+        <v>628</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
         <v>21</v>
       </c>
-      <c r="K95"/>
-[...1300 lines deleted...]
-        <v>2015</v>
+      <c r="G126" t="s">
+        <v>54</v>
       </c>
       <c r="H126">
         <v>2015</v>
       </c>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I126"/>
       <c r="J126" t="s">
+        <v>618</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>619</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>629</v>
+      </c>
+      <c r="P126" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>615</v>
+      </c>
+      <c r="B127" t="s">
+        <v>630</v>
+      </c>
+      <c r="C127" t="s">
+        <v>71</v>
+      </c>
+      <c r="D127" t="s">
+        <v>119</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
         <v>21</v>
       </c>
-      <c r="K126" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G127" t="s">
+        <v>22</v>
       </c>
       <c r="H127">
         <v>2015</v>
       </c>
-      <c r="I127" t="s">
-        <v>377</v>
+      <c r="I127">
+        <v>2015</v>
       </c>
       <c r="J127" t="s">
+        <v>618</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>406</v>
+      </c>
+      <c r="M127" t="s">
+        <v>619</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>631</v>
+      </c>
+      <c r="P127" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>615</v>
+      </c>
+      <c r="B128" t="s">
+        <v>632</v>
+      </c>
+      <c r="C128" t="s">
+        <v>71</v>
+      </c>
+      <c r="D128" t="s">
+        <v>633</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
         <v>21</v>
       </c>
-      <c r="K127" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G128" t="s">
+        <v>22</v>
       </c>
       <c r="H128">
         <v>2015</v>
       </c>
-      <c r="I128" t="s">
-        <v>377</v>
+      <c r="I128">
+        <v>2015</v>
       </c>
       <c r="J128" t="s">
+        <v>618</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>406</v>
+      </c>
+      <c r="M128" t="s">
+        <v>619</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>634</v>
+      </c>
+      <c r="P128" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>615</v>
+      </c>
+      <c r="B129" t="s">
+        <v>635</v>
+      </c>
+      <c r="C129" t="s">
+        <v>71</v>
+      </c>
+      <c r="D129" t="s">
+        <v>505</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
         <v>21</v>
       </c>
-      <c r="K128" t="s">
-[...28 lines deleted...]
-      <c r="F129" t="s">
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2015</v>
+      </c>
+      <c r="I129">
+        <v>2015</v>
+      </c>
+      <c r="J129" t="s">
+        <v>618</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>406</v>
+      </c>
+      <c r="M129" t="s">
+        <v>619</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>636</v>
+      </c>
+      <c r="P129" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>637</v>
+      </c>
+      <c r="B130" t="s">
+        <v>638</v>
+      </c>
+      <c r="C130" t="s">
+        <v>639</v>
+      </c>
+      <c r="D130" t="s">
+        <v>32</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>1994</v>
+      </c>
+      <c r="I130">
+        <v>2020</v>
+      </c>
+      <c r="J130" t="s">
+        <v>640</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>641</v>
+      </c>
+      <c r="M130" t="s">
+        <v>642</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>643</v>
+      </c>
+      <c r="P130" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>645</v>
+      </c>
+      <c r="B131" t="s">
+        <v>646</v>
+      </c>
+      <c r="C131" t="s">
+        <v>639</v>
+      </c>
+      <c r="D131" t="s">
+        <v>47</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2001</v>
+      </c>
+      <c r="I131">
+        <v>2019</v>
+      </c>
+      <c r="J131" t="s">
+        <v>640</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>647</v>
+      </c>
+      <c r="M131" t="s">
+        <v>642</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>648</v>
+      </c>
+      <c r="P131" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>650</v>
+      </c>
+      <c r="B132" t="s">
+        <v>651</v>
+      </c>
+      <c r="C132" t="s">
+        <v>652</v>
+      </c>
+      <c r="D132" t="s">
+        <v>653</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>74</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2008</v>
+      </c>
+      <c r="I132">
+        <v>2015</v>
+      </c>
+      <c r="J132" t="s">
+        <v>654</v>
+      </c>
+      <c r="K132" t="s">
+        <v>610</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>655</v>
+      </c>
+      <c r="N132" t="s">
+        <v>612</v>
+      </c>
+      <c r="O132" t="s">
+        <v>656</v>
+      </c>
+      <c r="P132" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>658</v>
+      </c>
+      <c r="B133" t="s">
+        <v>659</v>
+      </c>
+      <c r="C133" t="s">
+        <v>652</v>
+      </c>
+      <c r="D133" t="s">
+        <v>660</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>74</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2008</v>
+      </c>
+      <c r="I133">
+        <v>2015</v>
+      </c>
+      <c r="J133" t="s">
+        <v>654</v>
+      </c>
+      <c r="K133" t="s">
+        <v>610</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>655</v>
+      </c>
+      <c r="N133" t="s">
+        <v>612</v>
+      </c>
+      <c r="O133" t="s">
+        <v>661</v>
+      </c>
+      <c r="P133" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>663</v>
+      </c>
+      <c r="B134" t="s">
+        <v>664</v>
+      </c>
+      <c r="C134" t="s">
+        <v>652</v>
+      </c>
+      <c r="D134" t="s">
+        <v>665</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>74</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2008</v>
+      </c>
+      <c r="I134">
+        <v>2015</v>
+      </c>
+      <c r="J134" t="s">
+        <v>654</v>
+      </c>
+      <c r="K134" t="s">
+        <v>610</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>655</v>
+      </c>
+      <c r="N134" t="s">
+        <v>612</v>
+      </c>
+      <c r="O134" t="s">
+        <v>666</v>
+      </c>
+      <c r="P134" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>668</v>
+      </c>
+      <c r="B135" t="s">
+        <v>669</v>
+      </c>
+      <c r="C135" t="s">
+        <v>670</v>
+      </c>
+      <c r="D135" t="s">
+        <v>496</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>215</v>
+      </c>
+      <c r="G135" t="s">
+        <v>54</v>
+      </c>
+      <c r="H135">
+        <v>2011</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>671</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>672</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>673</v>
+      </c>
+      <c r="P135" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>675</v>
+      </c>
+      <c r="B136" t="s">
+        <v>676</v>
+      </c>
+      <c r="C136" t="s">
+        <v>670</v>
+      </c>
+      <c r="D136" t="s">
+        <v>398</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>215</v>
+      </c>
+      <c r="G136" t="s">
+        <v>54</v>
+      </c>
+      <c r="H136">
+        <v>1985</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>671</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>677</v>
+      </c>
+      <c r="M136" t="s">
+        <v>672</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>678</v>
+      </c>
+      <c r="P136" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>680</v>
+      </c>
+      <c r="B137" t="s">
+        <v>681</v>
+      </c>
+      <c r="C137" t="s">
+        <v>670</v>
+      </c>
+      <c r="D137" t="s">
+        <v>490</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>215</v>
+      </c>
+      <c r="G137" t="s">
+        <v>54</v>
+      </c>
+      <c r="H137">
+        <v>1984</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>671</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>682</v>
+      </c>
+      <c r="M137" t="s">
+        <v>672</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>683</v>
+      </c>
+      <c r="P137" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>685</v>
+      </c>
+      <c r="B138" t="s">
+        <v>686</v>
+      </c>
+      <c r="C138" t="s">
+        <v>670</v>
+      </c>
+      <c r="D138" t="s">
+        <v>687</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>215</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>1987</v>
+      </c>
+      <c r="I138">
+        <v>1988</v>
+      </c>
+      <c r="J138" t="s">
+        <v>671</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>672</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>688</v>
+      </c>
+      <c r="P138" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>690</v>
+      </c>
+      <c r="B139" t="s">
+        <v>691</v>
+      </c>
+      <c r="C139" t="s">
+        <v>670</v>
+      </c>
+      <c r="D139" t="s">
+        <v>32</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>215</v>
+      </c>
+      <c r="G139" t="s">
+        <v>54</v>
+      </c>
+      <c r="H139">
+        <v>1989</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>640</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>672</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>692</v>
+      </c>
+      <c r="P139" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>694</v>
+      </c>
+      <c r="B140" t="s">
+        <v>695</v>
+      </c>
+      <c r="C140" t="s">
+        <v>670</v>
+      </c>
+      <c r="D140" t="s">
+        <v>60</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>215</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>1987</v>
+      </c>
+      <c r="I140">
+        <v>1988</v>
+      </c>
+      <c r="J140" t="s">
+        <v>671</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>696</v>
+      </c>
+      <c r="M140" t="s">
+        <v>672</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>697</v>
+      </c>
+      <c r="P140" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>699</v>
+      </c>
+      <c r="B141" t="s">
+        <v>700</v>
+      </c>
+      <c r="C141" t="s">
+        <v>670</v>
+      </c>
+      <c r="D141" t="s">
         <v>19</v>
       </c>
-      <c r="G129">
-[...8 lines deleted...]
-      <c r="J129" t="s">
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>215</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>1989</v>
+      </c>
+      <c r="I141">
+        <v>1991</v>
+      </c>
+      <c r="J141" t="s">
+        <v>671</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>701</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>702</v>
+      </c>
+      <c r="P141" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>704</v>
+      </c>
+      <c r="B142" t="s">
+        <v>705</v>
+      </c>
+      <c r="C142" t="s">
+        <v>670</v>
+      </c>
+      <c r="D142" t="s">
+        <v>47</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>215</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>1989</v>
+      </c>
+      <c r="I142">
+        <v>2015</v>
+      </c>
+      <c r="J142" t="s">
+        <v>706</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>672</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>707</v>
+      </c>
+      <c r="P142" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>709</v>
+      </c>
+      <c r="B143" t="s">
+        <v>710</v>
+      </c>
+      <c r="C143" t="s">
+        <v>670</v>
+      </c>
+      <c r="D143" t="s">
+        <v>269</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>215</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>1989</v>
+      </c>
+      <c r="I143">
+        <v>1992</v>
+      </c>
+      <c r="J143" t="s">
+        <v>706</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>672</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>711</v>
+      </c>
+      <c r="P143" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>713</v>
+      </c>
+      <c r="B144" t="s">
+        <v>714</v>
+      </c>
+      <c r="C144" t="s">
+        <v>670</v>
+      </c>
+      <c r="D144" t="s">
+        <v>47</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>215</v>
+      </c>
+      <c r="G144" t="s">
+        <v>54</v>
+      </c>
+      <c r="H144">
+        <v>1989</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>671</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>672</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>715</v>
+      </c>
+      <c r="P144" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>717</v>
+      </c>
+      <c r="B145" t="s">
+        <v>718</v>
+      </c>
+      <c r="C145" t="s">
+        <v>670</v>
+      </c>
+      <c r="D145" t="s">
+        <v>505</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>215</v>
+      </c>
+      <c r="G145" t="s">
+        <v>54</v>
+      </c>
+      <c r="H145">
+        <v>1984</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>671</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
+        <v>719</v>
+      </c>
+      <c r="M145" t="s">
+        <v>672</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>720</v>
+      </c>
+      <c r="P145" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>722</v>
+      </c>
+      <c r="B146" t="s">
+        <v>723</v>
+      </c>
+      <c r="C146" t="s">
+        <v>670</v>
+      </c>
+      <c r="D146" t="s">
+        <v>724</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>215</v>
+      </c>
+      <c r="G146" t="s">
+        <v>54</v>
+      </c>
+      <c r="H146">
+        <v>1990</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>671</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>672</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>725</v>
+      </c>
+      <c r="P146" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>727</v>
+      </c>
+      <c r="B147" t="s">
+        <v>728</v>
+      </c>
+      <c r="C147" t="s">
+        <v>670</v>
+      </c>
+      <c r="D147" t="s">
+        <v>47</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>215</v>
+      </c>
+      <c r="G147" t="s">
+        <v>54</v>
+      </c>
+      <c r="H147">
+        <v>1989</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>671</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>672</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>729</v>
+      </c>
+      <c r="P147" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>731</v>
+      </c>
+      <c r="B148" t="s">
+        <v>732</v>
+      </c>
+      <c r="C148" t="s">
+        <v>670</v>
+      </c>
+      <c r="D148" t="s">
+        <v>486</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>215</v>
+      </c>
+      <c r="G148" t="s">
+        <v>54</v>
+      </c>
+      <c r="H148">
+        <v>1983</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>671</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>733</v>
+      </c>
+      <c r="M148" t="s">
+        <v>672</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>734</v>
+      </c>
+      <c r="P148" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>736</v>
+      </c>
+      <c r="B149" t="s">
+        <v>737</v>
+      </c>
+      <c r="C149" t="s">
+        <v>670</v>
+      </c>
+      <c r="D149" t="s">
+        <v>53</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>215</v>
+      </c>
+      <c r="G149" t="s">
+        <v>54</v>
+      </c>
+      <c r="H149">
+        <v>2011</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>671</v>
+      </c>
+      <c r="K149" t="s">
+        <v>738</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>672</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>739</v>
+      </c>
+      <c r="P149" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>741</v>
+      </c>
+      <c r="B150" t="s">
+        <v>742</v>
+      </c>
+      <c r="C150" t="s">
+        <v>670</v>
+      </c>
+      <c r="D150" t="s">
+        <v>512</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>215</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>1986</v>
+      </c>
+      <c r="I150">
+        <v>1988</v>
+      </c>
+      <c r="J150" t="s">
+        <v>671</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>672</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>743</v>
+      </c>
+      <c r="P150" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>745</v>
+      </c>
+      <c r="B151" t="s">
+        <v>746</v>
+      </c>
+      <c r="C151" t="s">
+        <v>670</v>
+      </c>
+      <c r="D151" t="s">
+        <v>32</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>215</v>
+      </c>
+      <c r="G151" t="s">
+        <v>54</v>
+      </c>
+      <c r="H151">
+        <v>1987</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>640</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>672</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>747</v>
+      </c>
+      <c r="P151" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>749</v>
+      </c>
+      <c r="B152" t="s">
+        <v>750</v>
+      </c>
+      <c r="C152" t="s">
+        <v>670</v>
+      </c>
+      <c r="D152" t="s">
+        <v>140</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>215</v>
+      </c>
+      <c r="G152" t="s">
+        <v>54</v>
+      </c>
+      <c r="H152">
+        <v>1987</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>671</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>672</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>751</v>
+      </c>
+      <c r="P152" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>753</v>
+      </c>
+      <c r="B153" t="s">
+        <v>754</v>
+      </c>
+      <c r="C153" t="s">
+        <v>670</v>
+      </c>
+      <c r="D153" t="s">
+        <v>755</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>215</v>
+      </c>
+      <c r="G153" t="s">
+        <v>54</v>
+      </c>
+      <c r="H153">
+        <v>1986</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>671</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>672</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>756</v>
+      </c>
+      <c r="P153" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>758</v>
+      </c>
+      <c r="B154" t="s">
+        <v>759</v>
+      </c>
+      <c r="C154" t="s">
+        <v>670</v>
+      </c>
+      <c r="D154" t="s">
+        <v>760</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>215</v>
+      </c>
+      <c r="G154" t="s">
+        <v>54</v>
+      </c>
+      <c r="H154">
+        <v>1986</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>671</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>761</v>
+      </c>
+      <c r="M154" t="s">
+        <v>672</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>762</v>
+      </c>
+      <c r="P154" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>764</v>
+      </c>
+      <c r="B155" t="s">
+        <v>765</v>
+      </c>
+      <c r="C155" t="s">
+        <v>670</v>
+      </c>
+      <c r="D155" t="s">
+        <v>119</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>215</v>
+      </c>
+      <c r="G155" t="s">
+        <v>54</v>
+      </c>
+      <c r="H155">
+        <v>1984</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>671</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>766</v>
+      </c>
+      <c r="M155" t="s">
+        <v>701</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>767</v>
+      </c>
+      <c r="P155" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>769</v>
+      </c>
+      <c r="B156" t="s">
+        <v>770</v>
+      </c>
+      <c r="C156" t="s">
+        <v>670</v>
+      </c>
+      <c r="D156" t="s">
+        <v>496</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>74</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>1999</v>
+      </c>
+      <c r="I156">
+        <v>2000</v>
+      </c>
+      <c r="J156" t="s">
+        <v>671</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>771</v>
+      </c>
+      <c r="M156" t="s">
+        <v>701</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>772</v>
+      </c>
+      <c r="P156" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>774</v>
+      </c>
+      <c r="B157" t="s">
+        <v>775</v>
+      </c>
+      <c r="C157" t="s">
+        <v>670</v>
+      </c>
+      <c r="D157" t="s">
+        <v>687</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>74</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2011</v>
+      </c>
+      <c r="I157">
+        <v>2014</v>
+      </c>
+      <c r="J157" t="s">
+        <v>671</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>776</v>
+      </c>
+      <c r="M157" t="s">
+        <v>701</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>777</v>
+      </c>
+      <c r="P157" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>779</v>
+      </c>
+      <c r="B158" t="s">
+        <v>780</v>
+      </c>
+      <c r="C158" t="s">
+        <v>670</v>
+      </c>
+      <c r="D158" t="s">
+        <v>119</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>74</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2011</v>
+      </c>
+      <c r="I158">
+        <v>2014</v>
+      </c>
+      <c r="J158" t="s">
+        <v>671</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>781</v>
+      </c>
+      <c r="M158" t="s">
+        <v>701</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>782</v>
+      </c>
+      <c r="P158" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>784</v>
+      </c>
+      <c r="B159" t="s">
+        <v>785</v>
+      </c>
+      <c r="C159" t="s">
+        <v>538</v>
+      </c>
+      <c r="D159" t="s">
+        <v>786</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
         <v>21</v>
       </c>
-      <c r="K129" t="s">
-[...1199 lines deleted...]
-      <c r="G158">
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
         <v>2003</v>
       </c>
-      <c r="H158">
+      <c r="I159">
         <v>2012</v>
       </c>
-      <c r="I158" t="s">
-[...37 lines deleted...]
-      <c r="G159">
+      <c r="J159" t="s">
+        <v>787</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>788</v>
+      </c>
+      <c r="M159" t="s">
+        <v>789</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>790</v>
+      </c>
+      <c r="P159" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>792</v>
+      </c>
+      <c r="B160" t="s">
+        <v>793</v>
+      </c>
+      <c r="C160" t="s">
+        <v>538</v>
+      </c>
+      <c r="D160" t="s">
+        <v>794</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>74</v>
+      </c>
+      <c r="G160" t="s">
+        <v>54</v>
+      </c>
+      <c r="H160">
         <v>2022</v>
       </c>
-      <c r="H159"/>
-[...15 lines deleted...]
-      <c r="N159" t="s">
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>795</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>796</v>
+      </c>
+      <c r="M160" t="s">
+        <v>797</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>798</v>
+      </c>
+      <c r="P160" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>800</v>
+      </c>
+      <c r="B161" t="s">
+        <v>801</v>
+      </c>
+      <c r="C161" t="s">
+        <v>538</v>
+      </c>
+      <c r="D161" t="s">
+        <v>802</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>74</v>
+      </c>
+      <c r="G161" t="s">
+        <v>54</v>
+      </c>
+      <c r="H161">
+        <v>2022</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>795</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>803</v>
+      </c>
+      <c r="M161" t="s">
+        <v>797</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>804</v>
+      </c>
+      <c r="P161" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>806</v>
+      </c>
+      <c r="B162" t="s">
+        <v>807</v>
+      </c>
+      <c r="C162" t="s">
+        <v>538</v>
+      </c>
+      <c r="D162" t="s">
+        <v>808</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>74</v>
+      </c>
+      <c r="G162" t="s">
+        <v>54</v>
+      </c>
+      <c r="H162">
+        <v>2022</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>795</v>
+      </c>
+      <c r="K162" t="s">
+        <v>280</v>
+      </c>
+      <c r="L162" t="s">
+        <v>809</v>
+      </c>
+      <c r="M162" t="s">
+        <v>797</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>810</v>
+      </c>
+      <c r="P162" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>812</v>
+      </c>
+      <c r="B163" t="s">
+        <v>813</v>
+      </c>
+      <c r="C163" t="s">
+        <v>538</v>
+      </c>
+      <c r="D163" t="s">
+        <v>814</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>74</v>
+      </c>
+      <c r="G163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H163">
+        <v>2022</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>795</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>815</v>
+      </c>
+      <c r="M163" t="s">
+        <v>797</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>816</v>
+      </c>
+      <c r="P163" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>818</v>
+      </c>
+      <c r="B164" t="s">
+        <v>819</v>
+      </c>
+      <c r="C164" t="s">
+        <v>538</v>
+      </c>
+      <c r="D164" t="s">
+        <v>820</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>74</v>
+      </c>
+      <c r="G164" t="s">
+        <v>54</v>
+      </c>
+      <c r="H164">
+        <v>2022</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>795</v>
+      </c>
+      <c r="K164" t="s">
+        <v>280</v>
+      </c>
+      <c r="L164" t="s">
+        <v>821</v>
+      </c>
+      <c r="M164" t="s">
+        <v>797</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>822</v>
+      </c>
+      <c r="P164" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>824</v>
+      </c>
+      <c r="B165" t="s">
+        <v>825</v>
+      </c>
+      <c r="C165" t="s">
+        <v>538</v>
+      </c>
+      <c r="D165" t="s">
+        <v>826</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>74</v>
+      </c>
+      <c r="G165" t="s">
+        <v>54</v>
+      </c>
+      <c r="H165">
+        <v>2022</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>795</v>
+      </c>
+      <c r="K165" t="s">
+        <v>827</v>
+      </c>
+      <c r="L165" t="s">
+        <v>828</v>
+      </c>
+      <c r="M165" t="s">
+        <v>797</v>
+      </c>
+      <c r="N165" t="s">
+        <v>829</v>
+      </c>
+      <c r="O165" t="s">
+        <v>830</v>
+      </c>
+      <c r="P165" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>832</v>
+      </c>
+      <c r="B166" t="s">
+        <v>833</v>
+      </c>
+      <c r="C166" t="s">
+        <v>538</v>
+      </c>
+      <c r="D166" t="s">
+        <v>834</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>74</v>
+      </c>
+      <c r="G166" t="s">
+        <v>54</v>
+      </c>
+      <c r="H166">
+        <v>2022</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>795</v>
+      </c>
+      <c r="K166" t="s">
+        <v>827</v>
+      </c>
+      <c r="L166" t="s">
+        <v>835</v>
+      </c>
+      <c r="M166" t="s">
+        <v>797</v>
+      </c>
+      <c r="N166" t="s">
+        <v>829</v>
+      </c>
+      <c r="O166" t="s">
+        <v>836</v>
+      </c>
+      <c r="P166" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>838</v>
+      </c>
+      <c r="B167" t="s">
+        <v>839</v>
+      </c>
+      <c r="C167" t="s">
+        <v>538</v>
+      </c>
+      <c r="D167" t="s">
         <v>490</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G160">
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>74</v>
+      </c>
+      <c r="G167" t="s">
+        <v>54</v>
+      </c>
+      <c r="H167">
         <v>2022</v>
       </c>
-      <c r="H160"/>
-[...38 lines deleted...]
-      <c r="G161">
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>795</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>840</v>
+      </c>
+      <c r="M167" t="s">
+        <v>797</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>841</v>
+      </c>
+      <c r="P167" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>843</v>
+      </c>
+      <c r="B168" t="s">
+        <v>844</v>
+      </c>
+      <c r="C168" t="s">
+        <v>538</v>
+      </c>
+      <c r="D168" t="s">
+        <v>845</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>74</v>
+      </c>
+      <c r="G168" t="s">
+        <v>54</v>
+      </c>
+      <c r="H168">
         <v>2022</v>
       </c>
-      <c r="H161"/>
-[...38 lines deleted...]
-      <c r="G162">
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>795</v>
+      </c>
+      <c r="K168" t="s">
+        <v>280</v>
+      </c>
+      <c r="L168" t="s">
+        <v>846</v>
+      </c>
+      <c r="M168" t="s">
+        <v>797</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>847</v>
+      </c>
+      <c r="P168" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>849</v>
+      </c>
+      <c r="B169" t="s">
+        <v>850</v>
+      </c>
+      <c r="C169" t="s">
+        <v>538</v>
+      </c>
+      <c r="D169" t="s">
+        <v>851</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>74</v>
+      </c>
+      <c r="G169" t="s">
+        <v>54</v>
+      </c>
+      <c r="H169">
         <v>2022</v>
       </c>
-      <c r="H162"/>
-[...290 lines deleted...]
-      <c r="G169">
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>795</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>852</v>
+      </c>
+      <c r="M169" t="s">
+        <v>797</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>853</v>
+      </c>
+      <c r="P169" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>855</v>
+      </c>
+      <c r="B170" t="s">
+        <v>856</v>
+      </c>
+      <c r="C170" t="s">
+        <v>538</v>
+      </c>
+      <c r="D170" t="s">
+        <v>617</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>857</v>
+      </c>
+      <c r="G170" t="s">
+        <v>54</v>
+      </c>
+      <c r="H170">
         <v>2018</v>
       </c>
-      <c r="H169"/>
-[...36 lines deleted...]
-      <c r="G170">
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>540</v>
+      </c>
+      <c r="K170" t="s">
+        <v>280</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>797</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>858</v>
+      </c>
+      <c r="P170" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>860</v>
+      </c>
+      <c r="B171" t="s">
+        <v>861</v>
+      </c>
+      <c r="C171" t="s">
+        <v>538</v>
+      </c>
+      <c r="D171" t="s">
+        <v>862</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>857</v>
+      </c>
+      <c r="G171" t="s">
+        <v>54</v>
+      </c>
+      <c r="H171">
         <v>2009</v>
       </c>
-      <c r="H170"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I171"/>
       <c r="J171" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171"/>
       <c r="M171" t="s">
-        <v>24</v>
+        <v>797</v>
       </c>
       <c r="N171" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>863</v>
+      </c>
+      <c r="P171" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>537</v>
+        <v>865</v>
       </c>
       <c r="B172" t="s">
-        <v>323</v>
+        <v>866</v>
       </c>
       <c r="C172" t="s">
         <v>538</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>867</v>
       </c>
       <c r="E172" t="s">
-        <v>529</v>
+        <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G172">
+        <v>857</v>
+      </c>
+      <c r="G172" t="s">
+        <v>54</v>
+      </c>
+      <c r="H172">
+        <v>2015</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>795</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>797</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>868</v>
+      </c>
+      <c r="P172" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>870</v>
+      </c>
+      <c r="B173" t="s">
+        <v>871</v>
+      </c>
+      <c r="C173" t="s">
+        <v>538</v>
+      </c>
+      <c r="D173" t="s">
+        <v>872</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>857</v>
+      </c>
+      <c r="G173" t="s">
+        <v>54</v>
+      </c>
+      <c r="H173">
         <v>2009</v>
       </c>
-      <c r="H172"/>
-[...3 lines deleted...]
-      <c r="J172" t="s">
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>795</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>797</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>873</v>
+      </c>
+      <c r="P173" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>875</v>
+      </c>
+      <c r="B174" t="s">
+        <v>876</v>
+      </c>
+      <c r="C174" t="s">
+        <v>538</v>
+      </c>
+      <c r="D174" t="s">
+        <v>877</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>857</v>
+      </c>
+      <c r="G174" t="s">
+        <v>54</v>
+      </c>
+      <c r="H174">
+        <v>2009</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>540</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>797</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>878</v>
+      </c>
+      <c r="P174" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>880</v>
+      </c>
+      <c r="B175" t="s">
+        <v>881</v>
+      </c>
+      <c r="C175" t="s">
+        <v>538</v>
+      </c>
+      <c r="D175" t="s">
+        <v>882</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>857</v>
+      </c>
+      <c r="G175" t="s">
+        <v>54</v>
+      </c>
+      <c r="H175">
+        <v>2015</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>795</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>883</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>884</v>
+      </c>
+      <c r="P175" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>886</v>
+      </c>
+      <c r="B176" t="s">
+        <v>887</v>
+      </c>
+      <c r="C176" t="s">
+        <v>538</v>
+      </c>
+      <c r="D176" t="s">
+        <v>496</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>215</v>
+      </c>
+      <c r="G176" t="s">
+        <v>54</v>
+      </c>
+      <c r="H176">
+        <v>2015</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>795</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>797</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>888</v>
+      </c>
+      <c r="P176" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>890</v>
+      </c>
+      <c r="B177" t="s">
+        <v>891</v>
+      </c>
+      <c r="C177" t="s">
+        <v>538</v>
+      </c>
+      <c r="D177" t="s">
+        <v>882</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>857</v>
+      </c>
+      <c r="G177" t="s">
+        <v>54</v>
+      </c>
+      <c r="H177">
+        <v>2015</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>795</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>797</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>892</v>
+      </c>
+      <c r="P177" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>894</v>
+      </c>
+      <c r="B178" t="s">
+        <v>895</v>
+      </c>
+      <c r="C178" t="s">
+        <v>538</v>
+      </c>
+      <c r="D178" t="s">
+        <v>896</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>857</v>
+      </c>
+      <c r="G178" t="s">
+        <v>54</v>
+      </c>
+      <c r="H178">
+        <v>2015</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>795</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>797</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>897</v>
+      </c>
+      <c r="P178" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>899</v>
+      </c>
+      <c r="B179" t="s">
+        <v>900</v>
+      </c>
+      <c r="C179" t="s">
+        <v>538</v>
+      </c>
+      <c r="D179" t="s">
+        <v>901</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>857</v>
+      </c>
+      <c r="G179" t="s">
+        <v>54</v>
+      </c>
+      <c r="H179">
+        <v>2009</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>795</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>797</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>902</v>
+      </c>
+      <c r="P179" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>904</v>
+      </c>
+      <c r="B180" t="s">
+        <v>905</v>
+      </c>
+      <c r="C180" t="s">
+        <v>538</v>
+      </c>
+      <c r="D180" t="s">
+        <v>882</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>857</v>
+      </c>
+      <c r="G180" t="s">
+        <v>54</v>
+      </c>
+      <c r="H180">
+        <v>2015</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>795</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>797</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>906</v>
+      </c>
+      <c r="P180" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>908</v>
+      </c>
+      <c r="B181" t="s">
+        <v>909</v>
+      </c>
+      <c r="C181" t="s">
+        <v>538</v>
+      </c>
+      <c r="D181" t="s">
+        <v>910</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>857</v>
+      </c>
+      <c r="G181" t="s">
+        <v>54</v>
+      </c>
+      <c r="H181">
+        <v>2015</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>795</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>797</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>911</v>
+      </c>
+      <c r="P181" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>913</v>
+      </c>
+      <c r="B182" t="s">
+        <v>914</v>
+      </c>
+      <c r="C182" t="s">
+        <v>538</v>
+      </c>
+      <c r="D182" t="s">
+        <v>915</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>857</v>
+      </c>
+      <c r="G182" t="s">
+        <v>54</v>
+      </c>
+      <c r="H182">
+        <v>2015</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>795</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>797</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>916</v>
+      </c>
+      <c r="P182" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>918</v>
+      </c>
+      <c r="B183" t="s">
+        <v>919</v>
+      </c>
+      <c r="C183" t="s">
+        <v>538</v>
+      </c>
+      <c r="D183" t="s">
+        <v>920</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>857</v>
+      </c>
+      <c r="G183" t="s">
+        <v>54</v>
+      </c>
+      <c r="H183">
+        <v>2015</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>795</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>797</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>921</v>
+      </c>
+      <c r="P183" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>923</v>
+      </c>
+      <c r="B184" t="s">
+        <v>924</v>
+      </c>
+      <c r="C184" t="s">
+        <v>538</v>
+      </c>
+      <c r="D184" t="s">
+        <v>925</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>857</v>
+      </c>
+      <c r="G184" t="s">
+        <v>54</v>
+      </c>
+      <c r="H184">
+        <v>2015</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>795</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>797</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>926</v>
+      </c>
+      <c r="P184" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>928</v>
+      </c>
+      <c r="B185" t="s">
+        <v>929</v>
+      </c>
+      <c r="C185" t="s">
+        <v>538</v>
+      </c>
+      <c r="D185" t="s">
+        <v>851</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>857</v>
+      </c>
+      <c r="G185" t="s">
+        <v>54</v>
+      </c>
+      <c r="H185">
+        <v>2015</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>795</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>797</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>930</v>
+      </c>
+      <c r="P185" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>932</v>
+      </c>
+      <c r="B186" t="s">
+        <v>933</v>
+      </c>
+      <c r="C186" t="s">
+        <v>538</v>
+      </c>
+      <c r="D186" t="s">
+        <v>934</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>857</v>
+      </c>
+      <c r="G186" t="s">
+        <v>54</v>
+      </c>
+      <c r="H186">
+        <v>2015</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>795</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>797</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>935</v>
+      </c>
+      <c r="P186" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>937</v>
+      </c>
+      <c r="B187" t="s">
+        <v>938</v>
+      </c>
+      <c r="C187" t="s">
+        <v>538</v>
+      </c>
+      <c r="D187" t="s">
+        <v>939</v>
+      </c>
+      <c r="E187" t="s">
+        <v>940</v>
+      </c>
+      <c r="F187" t="s">
+        <v>857</v>
+      </c>
+      <c r="G187" t="s">
+        <v>54</v>
+      </c>
+      <c r="H187">
+        <v>2021</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>795</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>797</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>941</v>
+      </c>
+      <c r="P187" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>937</v>
+      </c>
+      <c r="B188" t="s">
+        <v>943</v>
+      </c>
+      <c r="C188" t="s">
+        <v>538</v>
+      </c>
+      <c r="D188" t="s">
+        <v>939</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>857</v>
+      </c>
+      <c r="G188" t="s">
+        <v>54</v>
+      </c>
+      <c r="H188">
+        <v>2021</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>795</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>797</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>944</v>
+      </c>
+      <c r="P188" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>945</v>
+      </c>
+      <c r="B189" t="s">
+        <v>946</v>
+      </c>
+      <c r="C189" t="s">
+        <v>538</v>
+      </c>
+      <c r="D189" t="s">
+        <v>597</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>857</v>
+      </c>
+      <c r="G189" t="s">
+        <v>54</v>
+      </c>
+      <c r="H189">
+        <v>2021</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>540</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>797</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>947</v>
+      </c>
+      <c r="P189" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>949</v>
+      </c>
+      <c r="B190" t="s">
+        <v>950</v>
+      </c>
+      <c r="C190" t="s">
+        <v>538</v>
+      </c>
+      <c r="D190" t="s">
+        <v>951</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>857</v>
+      </c>
+      <c r="G190" t="s">
+        <v>54</v>
+      </c>
+      <c r="H190">
+        <v>2021</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>795</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>797</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>952</v>
+      </c>
+      <c r="P190" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>954</v>
+      </c>
+      <c r="B191" t="s">
+        <v>955</v>
+      </c>
+      <c r="C191" t="s">
+        <v>538</v>
+      </c>
+      <c r="D191" t="s">
+        <v>53</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>857</v>
+      </c>
+      <c r="G191" t="s">
+        <v>54</v>
+      </c>
+      <c r="H191">
+        <v>2009</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>540</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>797</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>956</v>
+      </c>
+      <c r="P191" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>958</v>
+      </c>
+      <c r="B192" t="s">
+        <v>959</v>
+      </c>
+      <c r="C192" t="s">
+        <v>538</v>
+      </c>
+      <c r="D192" t="s">
+        <v>960</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>857</v>
+      </c>
+      <c r="G192" t="s">
+        <v>54</v>
+      </c>
+      <c r="H192">
+        <v>2021</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>795</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>797</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>961</v>
+      </c>
+      <c r="P192" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>963</v>
+      </c>
+      <c r="B193" t="s">
+        <v>964</v>
+      </c>
+      <c r="C193" t="s">
+        <v>538</v>
+      </c>
+      <c r="D193" t="s">
+        <v>965</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>857</v>
+      </c>
+      <c r="G193" t="s">
+        <v>54</v>
+      </c>
+      <c r="H193">
+        <v>2009</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>795</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>797</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>966</v>
+      </c>
+      <c r="P193" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>968</v>
+      </c>
+      <c r="B194" t="s">
+        <v>969</v>
+      </c>
+      <c r="C194" t="s">
+        <v>538</v>
+      </c>
+      <c r="D194" t="s">
+        <v>512</v>
+      </c>
+      <c r="E194" t="s">
+        <v>73</v>
+      </c>
+      <c r="F194" t="s">
+        <v>857</v>
+      </c>
+      <c r="G194" t="s">
+        <v>54</v>
+      </c>
+      <c r="H194">
+        <v>2009</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>540</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>797</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>970</v>
+      </c>
+      <c r="P194" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>972</v>
+      </c>
+      <c r="B195" t="s">
+        <v>973</v>
+      </c>
+      <c r="C195" t="s">
+        <v>538</v>
+      </c>
+      <c r="D195" t="s">
+        <v>974</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>857</v>
+      </c>
+      <c r="G195" t="s">
+        <v>54</v>
+      </c>
+      <c r="H195">
+        <v>2015</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>795</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>797</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>975</v>
+      </c>
+      <c r="P195" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>977</v>
+      </c>
+      <c r="B196" t="s">
+        <v>978</v>
+      </c>
+      <c r="C196" t="s">
+        <v>538</v>
+      </c>
+      <c r="D196" t="s">
+        <v>979</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>857</v>
+      </c>
+      <c r="G196" t="s">
+        <v>54</v>
+      </c>
+      <c r="H196">
+        <v>2015</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>795</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>797</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>980</v>
+      </c>
+      <c r="P196" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>982</v>
+      </c>
+      <c r="B197" t="s">
+        <v>983</v>
+      </c>
+      <c r="C197" t="s">
+        <v>538</v>
+      </c>
+      <c r="D197" t="s">
+        <v>934</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>857</v>
+      </c>
+      <c r="G197" t="s">
+        <v>54</v>
+      </c>
+      <c r="H197">
+        <v>2015</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>795</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>797</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>984</v>
+      </c>
+      <c r="P197" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>986</v>
+      </c>
+      <c r="B198" t="s">
+        <v>987</v>
+      </c>
+      <c r="C198" t="s">
+        <v>538</v>
+      </c>
+      <c r="D198" t="s">
+        <v>490</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>857</v>
+      </c>
+      <c r="G198" t="s">
+        <v>54</v>
+      </c>
+      <c r="H198">
+        <v>2015</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>540</v>
+      </c>
+      <c r="K198" t="s">
+        <v>827</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>797</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>988</v>
+      </c>
+      <c r="P198" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>990</v>
+      </c>
+      <c r="B199" t="s">
+        <v>991</v>
+      </c>
+      <c r="C199" t="s">
+        <v>538</v>
+      </c>
+      <c r="D199" t="s">
+        <v>992</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>857</v>
+      </c>
+      <c r="G199" t="s">
+        <v>54</v>
+      </c>
+      <c r="H199">
+        <v>2015</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>795</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>797</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>993</v>
+      </c>
+      <c r="P199" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>995</v>
+      </c>
+      <c r="B200" t="s">
+        <v>996</v>
+      </c>
+      <c r="C200" t="s">
+        <v>538</v>
+      </c>
+      <c r="D200" t="s">
+        <v>997</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>215</v>
+      </c>
+      <c r="G200" t="s">
+        <v>54</v>
+      </c>
+      <c r="H200">
+        <v>2015</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>795</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200"/>
+      <c r="M200" t="s">
+        <v>797</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>998</v>
+      </c>
+      <c r="P200" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C201" t="s">
+        <v>538</v>
+      </c>
+      <c r="D201" t="s">
+        <v>915</v>
+      </c>
+      <c r="E201" t="s">
+        <v>940</v>
+      </c>
+      <c r="F201" t="s">
+        <v>857</v>
+      </c>
+      <c r="G201" t="s">
+        <v>54</v>
+      </c>
+      <c r="H201">
+        <v>2015</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>795</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>797</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1002</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C202" t="s">
+        <v>538</v>
+      </c>
+      <c r="D202" t="s">
+        <v>915</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>857</v>
+      </c>
+      <c r="G202" t="s">
+        <v>54</v>
+      </c>
+      <c r="H202">
+        <v>2015</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>795</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202" t="s">
+        <v>797</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1006</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C203" t="s">
+        <v>670</v>
+      </c>
+      <c r="D203" t="s">
+        <v>496</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>74</v>
+      </c>
+      <c r="G203" t="s">
+        <v>54</v>
+      </c>
+      <c r="H203">
+        <v>2011</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>671</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>701</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C204" t="s">
+        <v>670</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>74</v>
+      </c>
+      <c r="G204" t="s">
+        <v>54</v>
+      </c>
+      <c r="H204">
+        <v>2012</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>671</v>
+      </c>
+      <c r="K204" t="s">
+        <v>61</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1015</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
         <v>21</v>
       </c>
-      <c r="K172"/>
-[...11 lines deleted...]
-      <c r="A173" t="s">
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2006</v>
+      </c>
+      <c r="I205">
+        <v>2006</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P205"/>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D206" t="s">
+        <v>140</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>21</v>
+      </c>
+      <c r="G206" t="s">
+        <v>54</v>
+      </c>
+      <c r="H206">
+        <v>2014</v>
+      </c>
+      <c r="I206"/>
+      <c r="J206" t="s">
+        <v>519</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206"/>
+      <c r="M206" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>21</v>
+      </c>
+      <c r="G207" t="s">
+        <v>54</v>
+      </c>
+      <c r="H207">
+        <v>2014</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>519</v>
+      </c>
+      <c r="K207" t="s">
+        <v>61</v>
+      </c>
+      <c r="L207"/>
+      <c r="M207" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D208" t="s">
+        <v>687</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>21</v>
+      </c>
+      <c r="G208" t="s">
+        <v>54</v>
+      </c>
+      <c r="H208">
+        <v>2014</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>519</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208"/>
+      <c r="M208" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1036</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D209" t="s">
+        <v>47</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>21</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
+        <v>2006</v>
+      </c>
+      <c r="I209">
+        <v>2015</v>
+      </c>
+      <c r="J209" t="s">
+        <v>519</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210" t="s">
+        <v>54</v>
+      </c>
+      <c r="H210">
+        <v>2014</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>519</v>
+      </c>
+      <c r="K210" t="s">
+        <v>1045</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1046</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1047</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" t="s">
+        <v>54</v>
+      </c>
+      <c r="H211">
+        <v>2015</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>519</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D212" t="s">
+        <v>206</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" t="s">
+        <v>54</v>
+      </c>
+      <c r="H212">
+        <v>2014</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>519</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>21</v>
+      </c>
+      <c r="G213" t="s">
+        <v>54</v>
+      </c>
+      <c r="H213">
+        <v>2014</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s">
+        <v>519</v>
+      </c>
+      <c r="K213" t="s">
+        <v>280</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" t="s">
+        <v>54</v>
+      </c>
+      <c r="H214">
+        <v>2015</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>519</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1068</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C215" t="s">
+        <v>608</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E215" t="s">
+        <v>73</v>
+      </c>
+      <c r="F215" t="s">
+        <v>39</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2017</v>
+      </c>
+      <c r="I215">
+        <v>2021</v>
+      </c>
+      <c r="J215" t="s">
+        <v>454</v>
+      </c>
+      <c r="K215" t="s">
+        <v>1074</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1076</v>
+      </c>
+      <c r="N215" t="s">
+        <v>76</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1077</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C216" t="s">
+        <v>518</v>
+      </c>
+      <c r="D216" t="s">
+        <v>496</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>74</v>
+      </c>
+      <c r="G216" t="s">
+        <v>40</v>
+      </c>
+      <c r="H216"/>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>519</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216" t="s">
+        <v>520</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1081</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C217" t="s">
+        <v>518</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>74</v>
+      </c>
+      <c r="G217" t="s">
+        <v>54</v>
+      </c>
+      <c r="H217">
+        <v>2014</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>519</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217"/>
+      <c r="M217" t="s">
+        <v>520</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C218" t="s">
+        <v>518</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E218" t="s">
+        <v>73</v>
+      </c>
+      <c r="F218" t="s">
+        <v>74</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2008</v>
+      </c>
+      <c r="I218">
+        <v>2013</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>406</v>
+      </c>
+      <c r="M218" t="s">
+        <v>520</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1092</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C219" t="s">
+        <v>608</v>
+      </c>
+      <c r="D219" t="s">
+        <v>622</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>74</v>
+      </c>
+      <c r="G219" t="s">
+        <v>54</v>
+      </c>
+      <c r="H219">
+        <v>2015</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>447</v>
+      </c>
+      <c r="K219" t="s">
+        <v>280</v>
+      </c>
+      <c r="L219"/>
+      <c r="M219" t="s">
+        <v>1076</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C220" t="s">
+        <v>538</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>54</v>
+      </c>
+      <c r="H220">
+        <v>2014</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>795</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1101</v>
+      </c>
+      <c r="M220" t="s">
+        <v>789</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C221" t="s">
+        <v>538</v>
+      </c>
+      <c r="D221" t="s">
+        <v>617</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221" t="s">
+        <v>54</v>
+      </c>
+      <c r="H221">
+        <v>1997</v>
+      </c>
+      <c r="I221">
+        <v>2011</v>
+      </c>
+      <c r="J221" t="s">
         <v>540</v>
       </c>
-      <c r="B173" t="s">
-[...21 lines deleted...]
-      <c r="J173" t="s">
+      <c r="K221" t="s">
+        <v>280</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1106</v>
+      </c>
+      <c r="M221" t="s">
+        <v>789</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1107</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C222" t="s">
+        <v>538</v>
+      </c>
+      <c r="D222" t="s">
+        <v>119</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
         <v>21</v>
       </c>
-      <c r="K173"/>
-[...29 lines deleted...]
-      <c r="G174">
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>2007</v>
+      </c>
+      <c r="I222">
+        <v>2012</v>
+      </c>
+      <c r="J222" t="s">
+        <v>540</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1111</v>
+      </c>
+      <c r="M222" t="s">
+        <v>789</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C223" t="s">
+        <v>538</v>
+      </c>
+      <c r="D223" t="s">
+        <v>32</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>1997</v>
+      </c>
+      <c r="I223">
         <v>2015</v>
       </c>
-      <c r="H174"/>
-[...3 lines deleted...]
-      <c r="J174" t="s">
+      <c r="J223" t="s">
+        <v>787</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1116</v>
+      </c>
+      <c r="M223" t="s">
+        <v>789</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C224" t="s">
+        <v>538</v>
+      </c>
+      <c r="D224" t="s">
+        <v>470</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
         <v>21</v>
       </c>
-      <c r="K174"/>
-[...36 lines deleted...]
-      <c r="J175" t="s">
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2013</v>
+      </c>
+      <c r="I224">
+        <v>2018</v>
+      </c>
+      <c r="J224" t="s">
+        <v>540</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1121</v>
+      </c>
+      <c r="M224" t="s">
+        <v>789</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1122</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C225" t="s">
+        <v>538</v>
+      </c>
+      <c r="D225" t="s">
+        <v>140</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
         <v>21</v>
       </c>
-      <c r="K175"/>
-[...36 lines deleted...]
-      <c r="J176" t="s">
+      <c r="G225" t="s">
+        <v>54</v>
+      </c>
+      <c r="H225">
+        <v>2013</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>787</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1126</v>
+      </c>
+      <c r="M225" t="s">
+        <v>789</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1127</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C226" t="s">
+        <v>538</v>
+      </c>
+      <c r="D226" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
         <v>21</v>
       </c>
-      <c r="K176"/>
-[...36 lines deleted...]
-      <c r="J177" t="s">
+      <c r="G226" t="s">
+        <v>54</v>
+      </c>
+      <c r="H226">
+        <v>2012</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>540</v>
+      </c>
+      <c r="K226" t="s">
+        <v>280</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1131</v>
+      </c>
+      <c r="M226" t="s">
+        <v>789</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1132</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C227" t="s">
+        <v>538</v>
+      </c>
+      <c r="D227" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
         <v>21</v>
       </c>
-      <c r="K177"/>
-[...36 lines deleted...]
-      <c r="J178" t="s">
+      <c r="G227" t="s">
+        <v>54</v>
+      </c>
+      <c r="H227">
+        <v>2011</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>540</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1137</v>
+      </c>
+      <c r="M227" t="s">
+        <v>789</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C228" t="s">
+        <v>538</v>
+      </c>
+      <c r="D228" t="s">
+        <v>814</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
         <v>21</v>
       </c>
-      <c r="K178"/>
-[...36 lines deleted...]
-      <c r="J179" t="s">
+      <c r="G228" t="s">
+        <v>54</v>
+      </c>
+      <c r="H228">
+        <v>2013</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>787</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M228" t="s">
+        <v>789</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1143</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C229" t="s">
+        <v>538</v>
+      </c>
+      <c r="D229" t="s">
+        <v>558</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
         <v>21</v>
       </c>
-      <c r="K179"/>
-[...36 lines deleted...]
-      <c r="J180" t="s">
+      <c r="G229" t="s">
+        <v>54</v>
+      </c>
+      <c r="H229">
+        <v>2013</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>540</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M229" t="s">
+        <v>789</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1148</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C230" t="s">
+        <v>538</v>
+      </c>
+      <c r="D230" t="s">
+        <v>877</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
         <v>21</v>
       </c>
-      <c r="K180"/>
-[...36 lines deleted...]
-      <c r="J181" t="s">
+      <c r="G230" t="s">
+        <v>54</v>
+      </c>
+      <c r="H230">
+        <v>2012</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>540</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1152</v>
+      </c>
+      <c r="M230" t="s">
+        <v>789</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1153</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C231" t="s">
+        <v>538</v>
+      </c>
+      <c r="D231" t="s">
+        <v>901</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
         <v>21</v>
       </c>
-      <c r="K181"/>
-[...2048 lines deleted...]
-        <v>2003</v>
+      <c r="G231" t="s">
+        <v>54</v>
       </c>
       <c r="H231">
         <v>2012</v>
       </c>
-      <c r="I231" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I231"/>
       <c r="J231" t="s">
+        <v>795</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M231" t="s">
+        <v>789</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1158</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C232" t="s">
+        <v>538</v>
+      </c>
+      <c r="D232" t="s">
+        <v>47</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
         <v>21</v>
       </c>
-      <c r="K231" t="s">
-[...31 lines deleted...]
-      <c r="G232">
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>2003</v>
+      </c>
+      <c r="I232">
+        <v>2012</v>
+      </c>
+      <c r="J232" t="s">
+        <v>540</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1162</v>
+      </c>
+      <c r="M232" t="s">
+        <v>789</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1163</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C233" t="s">
+        <v>538</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
         <v>2011</v>
       </c>
-      <c r="H232">
+      <c r="I233">
         <v>2017</v>
       </c>
-      <c r="I232" t="s">
-[...37 lines deleted...]
-      <c r="G233">
+      <c r="J233" t="s">
+        <v>540</v>
+      </c>
+      <c r="K233" t="s">
+        <v>610</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1168</v>
+      </c>
+      <c r="M233" t="s">
+        <v>789</v>
+      </c>
+      <c r="N233" t="s">
+        <v>612</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1169</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C234" t="s">
+        <v>538</v>
+      </c>
+      <c r="D234" t="s">
+        <v>867</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>21</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
         <v>2002</v>
       </c>
-      <c r="H233">
+      <c r="I234">
         <v>2015</v>
       </c>
-      <c r="I233" t="s">
-[...2 lines deleted...]
-      <c r="J233" t="s">
+      <c r="J234" t="s">
+        <v>540</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M234" t="s">
+        <v>789</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1174</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C235" t="s">
+        <v>538</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
         <v>21</v>
       </c>
-      <c r="K233" t="s">
-[...31 lines deleted...]
-      <c r="G234">
+      <c r="G235" t="s">
+        <v>54</v>
+      </c>
+      <c r="H235">
         <v>2013</v>
       </c>
-      <c r="H234"/>
-[...3 lines deleted...]
-      <c r="J234" t="s">
+      <c r="I235"/>
+      <c r="J235" t="s">
+        <v>1179</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1180</v>
+      </c>
+      <c r="M235" t="s">
+        <v>789</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1181</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C236" t="s">
+        <v>538</v>
+      </c>
+      <c r="D236" t="s">
+        <v>486</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
         <v>21</v>
       </c>
-      <c r="K234" t="s">
-[...31 lines deleted...]
-      <c r="G235">
+      <c r="G236" t="s">
+        <v>54</v>
+      </c>
+      <c r="H236">
         <v>2012</v>
       </c>
-      <c r="H235"/>
-[...3 lines deleted...]
-      <c r="J235" t="s">
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>540</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1185</v>
+      </c>
+      <c r="M236" t="s">
+        <v>789</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C237" t="s">
+        <v>538</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
         <v>21</v>
       </c>
-      <c r="K235" t="s">
-[...31 lines deleted...]
-      <c r="G236">
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
         <v>2001</v>
       </c>
-      <c r="H236"/>
-[...3 lines deleted...]
-      <c r="J236" t="s">
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>540</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M237" t="s">
+        <v>789</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1192</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C238" t="s">
+        <v>538</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
         <v>21</v>
       </c>
-      <c r="K236" t="s">
-[...31 lines deleted...]
-      <c r="G237">
+      <c r="G238" t="s">
+        <v>54</v>
+      </c>
+      <c r="H238">
         <v>2014</v>
       </c>
-      <c r="H237"/>
-[...3 lines deleted...]
-      <c r="J237" t="s">
+      <c r="I238"/>
+      <c r="J238" t="s">
+        <v>540</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1197</v>
+      </c>
+      <c r="M238" t="s">
+        <v>789</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C239" t="s">
+        <v>538</v>
+      </c>
+      <c r="D239" t="s">
+        <v>496</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
         <v>21</v>
       </c>
-      <c r="K237" t="s">
-[...31 lines deleted...]
-      <c r="G238">
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
         <v>2013</v>
       </c>
-      <c r="H238">
+      <c r="I239">
         <v>2017</v>
       </c>
-      <c r="I238" t="s">
-[...2 lines deleted...]
-      <c r="J238" t="s">
+      <c r="J239" t="s">
+        <v>540</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1202</v>
+      </c>
+      <c r="M239" t="s">
+        <v>789</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C240" t="s">
+        <v>538</v>
+      </c>
+      <c r="D240" t="s">
+        <v>569</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
         <v>21</v>
       </c>
-      <c r="K238" t="s">
-[...31 lines deleted...]
-      <c r="G239">
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
         <v>2011</v>
       </c>
-      <c r="H239"/>
-[...3 lines deleted...]
-      <c r="J239" t="s">
+      <c r="I240"/>
+      <c r="J240" t="s">
+        <v>540</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M240" t="s">
+        <v>789</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1208</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C241" t="s">
+        <v>538</v>
+      </c>
+      <c r="D241" t="s">
+        <v>925</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
         <v>21</v>
       </c>
-      <c r="K239" t="s">
-[...31 lines deleted...]
-      <c r="G240">
+      <c r="G241" t="s">
+        <v>54</v>
+      </c>
+      <c r="H241">
         <v>1998</v>
       </c>
-      <c r="H240"/>
-[...3 lines deleted...]
-      <c r="J240" t="s">
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>540</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M241" t="s">
+        <v>789</v>
+      </c>
+      <c r="N241" t="s">
+        <v>76</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C242" t="s">
+        <v>538</v>
+      </c>
+      <c r="D242" t="s">
+        <v>47</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
         <v>21</v>
       </c>
-      <c r="K240" t="s">
-[...31 lines deleted...]
-      <c r="G241">
+      <c r="G242" t="s">
+        <v>54</v>
+      </c>
+      <c r="H242">
         <v>2018</v>
       </c>
-      <c r="H241"/>
-[...3 lines deleted...]
-      <c r="J241" t="s">
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>540</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1217</v>
+      </c>
+      <c r="M242" t="s">
+        <v>789</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C243" t="s">
+        <v>538</v>
+      </c>
+      <c r="D243" t="s">
+        <v>47</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
         <v>21</v>
       </c>
-      <c r="K241" t="s">
-[...31 lines deleted...]
-      <c r="G242">
+      <c r="G243" t="s">
+        <v>54</v>
+      </c>
+      <c r="H243">
         <v>2018</v>
       </c>
-      <c r="H242"/>
-[...3 lines deleted...]
-      <c r="J242" t="s">
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>540</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1222</v>
+      </c>
+      <c r="M243" t="s">
+        <v>789</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1223</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C244" t="s">
+        <v>538</v>
+      </c>
+      <c r="D244" t="s">
+        <v>72</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
         <v>21</v>
       </c>
-      <c r="K242" t="s">
-[...31 lines deleted...]
-      <c r="G243">
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
         <v>2013</v>
       </c>
-      <c r="H243">
+      <c r="I244">
         <v>2021</v>
       </c>
-      <c r="I243" t="s">
-[...2 lines deleted...]
-      <c r="J243" t="s">
+      <c r="J244" t="s">
+        <v>540</v>
+      </c>
+      <c r="K244" t="s">
+        <v>24</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1227</v>
+      </c>
+      <c r="M244" t="s">
+        <v>789</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1228</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C245" t="s">
+        <v>538</v>
+      </c>
+      <c r="D245" t="s">
+        <v>965</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
         <v>21</v>
       </c>
-      <c r="K243" t="s">
-[...31 lines deleted...]
-      <c r="G244">
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
         <v>2002</v>
       </c>
-      <c r="H244">
+      <c r="I245">
         <v>2021</v>
       </c>
-      <c r="I244" t="s">
-[...2 lines deleted...]
-      <c r="J244" t="s">
+      <c r="J245" t="s">
+        <v>540</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1232</v>
+      </c>
+      <c r="M245" t="s">
+        <v>789</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C246" t="s">
+        <v>538</v>
+      </c>
+      <c r="D246" t="s">
+        <v>512</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
         <v>21</v>
       </c>
-      <c r="K244" t="s">
-[...31 lines deleted...]
-      <c r="G245">
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
         <v>2003</v>
       </c>
-      <c r="H245">
+      <c r="I246">
         <v>2021</v>
       </c>
-      <c r="I245" t="s">
-[...2 lines deleted...]
-      <c r="J245" t="s">
+      <c r="J246" t="s">
+        <v>540</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1237</v>
+      </c>
+      <c r="M246" t="s">
+        <v>789</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C247" t="s">
+        <v>538</v>
+      </c>
+      <c r="D247" t="s">
+        <v>261</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
         <v>21</v>
       </c>
-      <c r="K245" t="s">
-[...74 lines deleted...]
-        <v>2004</v>
+      <c r="G247" t="s">
+        <v>54</v>
       </c>
       <c r="H247">
         <v>2012</v>
       </c>
-      <c r="I247" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I247"/>
       <c r="J247" t="s">
+        <v>540</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1242</v>
+      </c>
+      <c r="M247" t="s">
+        <v>789</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1243</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C248" t="s">
+        <v>538</v>
+      </c>
+      <c r="D248" t="s">
+        <v>19</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
         <v>21</v>
       </c>
-      <c r="K247" t="s">
-[...31 lines deleted...]
-      <c r="G248">
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2004</v>
+      </c>
+      <c r="I248">
+        <v>2012</v>
+      </c>
+      <c r="J248" t="s">
+        <v>540</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1247</v>
+      </c>
+      <c r="M248" t="s">
+        <v>789</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1248</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C249" t="s">
+        <v>538</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>21</v>
+      </c>
+      <c r="G249" t="s">
+        <v>54</v>
+      </c>
+      <c r="H249">
         <v>2014</v>
       </c>
-      <c r="H248"/>
-[...3 lines deleted...]
-      <c r="J248" t="s">
+      <c r="I249"/>
+      <c r="J249" t="s">
+        <v>795</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M249" t="s">
+        <v>789</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C250" t="s">
+        <v>538</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
         <v>21</v>
       </c>
-      <c r="K248" t="s">
-[...31 lines deleted...]
-      <c r="G249">
+      <c r="G250" t="s">
+        <v>54</v>
+      </c>
+      <c r="H250">
         <v>2015</v>
       </c>
-      <c r="H249"/>
-[...3 lines deleted...]
-      <c r="J249" t="s">
+      <c r="I250"/>
+      <c r="J250" t="s">
+        <v>540</v>
+      </c>
+      <c r="K250" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1259</v>
+      </c>
+      <c r="M250" t="s">
+        <v>789</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1260</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C251" t="s">
+        <v>538</v>
+      </c>
+      <c r="D251" t="s">
+        <v>398</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
         <v>21</v>
       </c>
-      <c r="K249" t="s">
-[...31 lines deleted...]
-      <c r="G250">
+      <c r="G251" t="s">
+        <v>54</v>
+      </c>
+      <c r="H251">
         <v>2012</v>
       </c>
-      <c r="H250"/>
-[...3 lines deleted...]
-      <c r="J250" t="s">
+      <c r="I251"/>
+      <c r="J251" t="s">
+        <v>540</v>
+      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1264</v>
+      </c>
+      <c r="M251" t="s">
+        <v>789</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C252" t="s">
+        <v>538</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
         <v>21</v>
       </c>
-      <c r="K250" t="s">
-[...31 lines deleted...]
-      <c r="G251">
+      <c r="G252" t="s">
+        <v>54</v>
+      </c>
+      <c r="H252">
         <v>2004</v>
       </c>
-      <c r="H251"/>
-[...3 lines deleted...]
-      <c r="J251" t="s">
+      <c r="I252"/>
+      <c r="J252" t="s">
+        <v>540</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1270</v>
+      </c>
+      <c r="M252" t="s">
+        <v>789</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1271</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C253" t="s">
+        <v>538</v>
+      </c>
+      <c r="D253" t="s">
+        <v>597</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
         <v>21</v>
       </c>
-      <c r="K251" t="s">
-[...13 lines deleted...]
-      <c r="A252" t="s">
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>2015</v>
+      </c>
+      <c r="I253">
+        <v>2021</v>
+      </c>
+      <c r="J253" t="s">
+        <v>540</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1275</v>
+      </c>
+      <c r="M253" t="s">
+        <v>789</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1276</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C254" t="s">
+        <v>538</v>
+      </c>
+      <c r="D254" t="s">
+        <v>382</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>54</v>
+      </c>
+      <c r="H254">
+        <v>2014</v>
+      </c>
+      <c r="I254"/>
+      <c r="J254" t="s">
+        <v>540</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1280</v>
+      </c>
+      <c r="M254" t="s">
+        <v>789</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1281</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C255" t="s">
+        <v>71</v>
+      </c>
+      <c r="D255" t="s">
+        <v>125</v>
+      </c>
+      <c r="E255" t="s">
+        <v>73</v>
+      </c>
+      <c r="F255" t="s">
+        <v>74</v>
+      </c>
+      <c r="G255" t="s">
+        <v>54</v>
+      </c>
+      <c r="H255">
+        <v>2021</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>75</v>
+      </c>
+      <c r="K255" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255"/>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1285</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C256" t="s">
+        <v>71</v>
+      </c>
+      <c r="D256" t="s">
+        <v>125</v>
+      </c>
+      <c r="E256" t="s">
+        <v>73</v>
+      </c>
+      <c r="F256" t="s">
+        <v>215</v>
+      </c>
+      <c r="G256" t="s">
+        <v>54</v>
+      </c>
+      <c r="H256">
+        <v>2021</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
+        <v>75</v>
+      </c>
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256"/>
+      <c r="M256"/>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1288</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C257" t="s">
+        <v>71</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E257" t="s">
+        <v>73</v>
+      </c>
+      <c r="F257" t="s">
+        <v>215</v>
+      </c>
+      <c r="G257" t="s">
+        <v>54</v>
+      </c>
+      <c r="H257">
+        <v>2021</v>
+      </c>
+      <c r="I257"/>
+      <c r="J257" t="s">
+        <v>75</v>
+      </c>
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257"/>
+      <c r="M257"/>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P257" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C258" t="s">
+        <v>71</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E258" t="s">
+        <v>73</v>
+      </c>
+      <c r="F258" t="s">
+        <v>215</v>
+      </c>
+      <c r="G258" t="s">
+        <v>54</v>
+      </c>
+      <c r="H258">
+        <v>2021</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>75</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258"/>
+      <c r="M258"/>
+      <c r="N258" t="s">
+        <v>76</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P258" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C259" t="s">
+        <v>71</v>
+      </c>
+      <c r="D259" t="s">
+        <v>140</v>
+      </c>
+      <c r="E259" t="s">
+        <v>73</v>
+      </c>
+      <c r="F259" t="s">
+        <v>215</v>
+      </c>
+      <c r="G259" t="s">
+        <v>54</v>
+      </c>
+      <c r="H259">
+        <v>2021</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>75</v>
+      </c>
+      <c r="K259" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259"/>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C260" t="s">
+        <v>71</v>
+      </c>
+      <c r="D260" t="s">
+        <v>131</v>
+      </c>
+      <c r="E260" t="s">
+        <v>73</v>
+      </c>
+      <c r="F260" t="s">
+        <v>215</v>
+      </c>
+      <c r="G260" t="s">
+        <v>54</v>
+      </c>
+      <c r="H260">
+        <v>2021</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>75</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260"/>
+      <c r="M260"/>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1304</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C261" t="s">
+        <v>71</v>
+      </c>
+      <c r="D261" t="s">
+        <v>148</v>
+      </c>
+      <c r="E261" t="s">
+        <v>73</v>
+      </c>
+      <c r="F261" t="s">
+        <v>215</v>
+      </c>
+      <c r="G261" t="s">
+        <v>54</v>
+      </c>
+      <c r="H261">
+        <v>2021</v>
+      </c>
+      <c r="I261"/>
+      <c r="J261" t="s">
+        <v>75</v>
+      </c>
+      <c r="K261" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261"/>
+      <c r="M261"/>
+      <c r="N261" t="s">
+        <v>76</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1308</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C262" t="s">
+        <v>71</v>
+      </c>
+      <c r="D262" t="s">
+        <v>112</v>
+      </c>
+      <c r="E262" t="s">
+        <v>73</v>
+      </c>
+      <c r="F262" t="s">
+        <v>215</v>
+      </c>
+      <c r="G262" t="s">
+        <v>54</v>
+      </c>
+      <c r="H262">
+        <v>2021</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>75</v>
+      </c>
+      <c r="K262" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262"/>
+      <c r="M262"/>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1312</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C263" t="s">
+        <v>71</v>
+      </c>
+      <c r="D263" t="s">
+        <v>280</v>
+      </c>
+      <c r="E263" t="s">
+        <v>73</v>
+      </c>
+      <c r="F263" t="s">
+        <v>215</v>
+      </c>
+      <c r="G263" t="s">
+        <v>54</v>
+      </c>
+      <c r="H263">
+        <v>2021</v>
+      </c>
+      <c r="I263"/>
+      <c r="J263" t="s">
+        <v>75</v>
+      </c>
+      <c r="K263" t="s">
+        <v>61</v>
+      </c>
+      <c r="L263"/>
+      <c r="M263"/>
+      <c r="N263" t="s">
+        <v>76</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1316</v>
+      </c>
+      <c r="P263" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C264" t="s">
+        <v>538</v>
+      </c>
+      <c r="D264" t="s">
+        <v>496</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>74</v>
+      </c>
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2001</v>
+      </c>
+      <c r="I264">
+        <v>2019</v>
+      </c>
+      <c r="J264" t="s">
+        <v>540</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1319</v>
+      </c>
+      <c r="M264" t="s">
+        <v>542</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1320</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C265" t="s">
+        <v>538</v>
+      </c>
+      <c r="D265" t="s">
+        <v>512</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>74</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
+      </c>
+      <c r="H265">
+        <v>1995</v>
+      </c>
+      <c r="I265">
+        <v>2019</v>
+      </c>
+      <c r="J265" t="s">
+        <v>547</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1324</v>
+      </c>
+      <c r="M265" t="s">
+        <v>542</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1325</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C266" t="s">
+        <v>538</v>
+      </c>
+      <c r="D266" t="s">
+        <v>539</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>74</v>
+      </c>
+      <c r="G266" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H266">
+        <v>2021</v>
+      </c>
+      <c r="I266"/>
+      <c r="J266" t="s">
+        <v>547</v>
+      </c>
+      <c r="K266" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1330</v>
+      </c>
+      <c r="M266" t="s">
+        <v>582</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C267" t="s">
+        <v>538</v>
+      </c>
+      <c r="D267" t="s">
+        <v>475</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>74</v>
+      </c>
+      <c r="G267" t="s">
+        <v>22</v>
+      </c>
+      <c r="H267">
+        <v>2014</v>
+      </c>
+      <c r="I267">
+        <v>2019</v>
+      </c>
+      <c r="J267" t="s">
+        <v>547</v>
+      </c>
+      <c r="K267" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1335</v>
+      </c>
+      <c r="M267" t="s">
+        <v>542</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1336</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C268" t="s">
+        <v>538</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>74</v>
+      </c>
+      <c r="G268" t="s">
+        <v>22</v>
+      </c>
+      <c r="H268">
+        <v>2012</v>
+      </c>
+      <c r="I268">
+        <v>2019</v>
+      </c>
+      <c r="J268" t="s">
+        <v>447</v>
+      </c>
+      <c r="K268" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1340</v>
+      </c>
+      <c r="M268" t="s">
+        <v>542</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1341</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C269" t="s">
+        <v>538</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>74</v>
+      </c>
+      <c r="G269" t="s">
+        <v>22</v>
+      </c>
+      <c r="H269">
+        <v>2001</v>
+      </c>
+      <c r="I269">
+        <v>2019</v>
+      </c>
+      <c r="J269" t="s">
+        <v>547</v>
+      </c>
+      <c r="K269" t="s">
+        <v>24</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1345</v>
+      </c>
+      <c r="M269" t="s">
+        <v>542</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1346</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C270" t="s">
+        <v>538</v>
+      </c>
+      <c r="D270" t="s">
+        <v>965</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>74</v>
+      </c>
+      <c r="G270" t="s">
+        <v>22</v>
+      </c>
+      <c r="H270">
+        <v>1995</v>
+      </c>
+      <c r="I270">
+        <v>2019</v>
+      </c>
+      <c r="J270" t="s">
+        <v>547</v>
+      </c>
+      <c r="K270" t="s">
+        <v>24</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1350</v>
+      </c>
+      <c r="M270" t="s">
+        <v>542</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1351</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C271" t="s">
+        <v>538</v>
+      </c>
+      <c r="D271" t="s">
+        <v>580</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>74</v>
+      </c>
+      <c r="G271" t="s">
+        <v>22</v>
+      </c>
+      <c r="H271">
+        <v>2004</v>
+      </c>
+      <c r="I271">
+        <v>2019</v>
+      </c>
+      <c r="J271" t="s">
+        <v>547</v>
+      </c>
+      <c r="K271" t="s">
+        <v>24</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1355</v>
+      </c>
+      <c r="M271" t="s">
+        <v>542</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1356</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C272" t="s">
+        <v>538</v>
+      </c>
+      <c r="D272" t="s">
+        <v>877</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>74</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2011</v>
+      </c>
+      <c r="I272">
+        <v>2019</v>
+      </c>
+      <c r="J272" t="s">
+        <v>547</v>
+      </c>
+      <c r="K272" t="s">
+        <v>24</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1360</v>
+      </c>
+      <c r="M272" t="s">
+        <v>542</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1361</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C273" t="s">
+        <v>538</v>
+      </c>
+      <c r="D273" t="s">
+        <v>939</v>
+      </c>
+      <c r="E273" t="s">
+        <v>73</v>
+      </c>
+      <c r="F273" t="s">
+        <v>215</v>
+      </c>
+      <c r="G273" t="s">
+        <v>22</v>
+      </c>
+      <c r="H273">
+        <v>1997</v>
+      </c>
+      <c r="I273">
+        <v>2022</v>
+      </c>
+      <c r="J273" t="s">
+        <v>547</v>
+      </c>
+      <c r="K273" t="s">
+        <v>24</v>
+      </c>
+      <c r="L273"/>
+      <c r="M273" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N273" t="s">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1366</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C274" t="s">
+        <v>538</v>
+      </c>
+      <c r="D274" t="s">
+        <v>512</v>
+      </c>
+      <c r="E274" t="s">
+        <v>73</v>
+      </c>
+      <c r="F274" t="s">
+        <v>215</v>
+      </c>
+      <c r="G274" t="s">
+        <v>22</v>
+      </c>
+      <c r="H274">
+        <v>2003</v>
+      </c>
+      <c r="I274">
+        <v>2013</v>
+      </c>
+      <c r="J274" t="s">
+        <v>540</v>
+      </c>
+      <c r="K274" t="s">
+        <v>24</v>
+      </c>
+      <c r="L274"/>
+      <c r="M274" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1370</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C275" t="s">
+        <v>538</v>
+      </c>
+      <c r="D275" t="s">
+        <v>512</v>
+      </c>
+      <c r="E275" t="s">
+        <v>73</v>
+      </c>
+      <c r="F275" t="s">
+        <v>215</v>
+      </c>
+      <c r="G275" t="s">
+        <v>54</v>
+      </c>
+      <c r="H275">
+        <v>2023</v>
+      </c>
+      <c r="I275"/>
+      <c r="J275" t="s">
+        <v>547</v>
+      </c>
+      <c r="K275" t="s">
+        <v>24</v>
+      </c>
+      <c r="L275"/>
+      <c r="M275" t="s">
+        <v>1374</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1375</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C276" t="s">
+        <v>538</v>
+      </c>
+      <c r="D276" t="s">
+        <v>965</v>
+      </c>
+      <c r="E276" t="s">
+        <v>73</v>
+      </c>
+      <c r="F276" t="s">
+        <v>215</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H276">
+        <v>2004</v>
+      </c>
+      <c r="I276"/>
+      <c r="J276" t="s">
+        <v>1380</v>
+      </c>
+      <c r="K276" t="s">
+        <v>24</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1381</v>
+      </c>
+      <c r="M276" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C277" t="s">
+        <v>538</v>
+      </c>
+      <c r="D277" t="s">
+        <v>965</v>
+      </c>
+      <c r="E277" t="s">
+        <v>73</v>
+      </c>
+      <c r="F277" t="s">
+        <v>39</v>
+      </c>
+      <c r="G277" t="s">
+        <v>22</v>
+      </c>
+      <c r="H277">
+        <v>2004</v>
+      </c>
+      <c r="I277">
+        <v>2021</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1380</v>
+      </c>
+      <c r="K277" t="s">
+        <v>24</v>
+      </c>
+      <c r="L277"/>
+      <c r="M277" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N277" t="s">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1386</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C278" t="s">
+        <v>538</v>
+      </c>
+      <c r="D278" t="s">
         <v>786</v>
       </c>
-      <c r="B252" t="s">
-[...158 lines deleted...]
-      <c r="A256" t="s">
+      <c r="E278" t="s">
+        <v>73</v>
+      </c>
+      <c r="F278" t="s">
+        <v>215</v>
+      </c>
+      <c r="G278" t="s">
+        <v>22</v>
+      </c>
+      <c r="H278">
+        <v>1978</v>
+      </c>
+      <c r="I278">
+        <v>2017</v>
+      </c>
+      <c r="J278" t="s">
+        <v>547</v>
+      </c>
+      <c r="K278" t="s">
+        <v>24</v>
+      </c>
+      <c r="L278"/>
+      <c r="M278" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N278" t="s">
+        <v>27</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1390</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C279" t="s">
+        <v>538</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E279" t="s">
+        <v>20</v>
+      </c>
+      <c r="F279" t="s">
+        <v>215</v>
+      </c>
+      <c r="G279" t="s">
+        <v>54</v>
+      </c>
+      <c r="H279">
+        <v>2013</v>
+      </c>
+      <c r="I279"/>
+      <c r="J279" t="s">
         <v>795</v>
       </c>
-      <c r="B256" t="s">
-[...977 lines deleted...]
-      </c>
+      <c r="K279" t="s">
+        <v>24</v>
+      </c>
+      <c r="L279"/>
       <c r="M279" t="s">
-        <v>24</v>
+        <v>1365</v>
       </c>
       <c r="N279" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>859</v>
+        <v>1397</v>
       </c>
       <c r="B280" t="s">
-        <v>323</v>
+        <v>1398</v>
       </c>
       <c r="C280" t="s">
-        <v>860</v>
+        <v>538</v>
       </c>
       <c r="D280" t="s">
-        <v>17</v>
+        <v>882</v>
       </c>
       <c r="E280" t="s">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="F280" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>215</v>
+      </c>
+      <c r="G280" t="s">
+        <v>54</v>
       </c>
       <c r="H280">
         <v>2014</v>
       </c>
-      <c r="I280" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I280"/>
       <c r="J280" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="K280" t="s">
+        <v>24</v>
+      </c>
+      <c r="L280"/>
       <c r="M280" t="s">
-        <v>24</v>
+        <v>1365</v>
       </c>
       <c r="N280" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1399</v>
+      </c>
+      <c r="P280" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>862</v>
+        <v>1401</v>
       </c>
       <c r="B281" t="s">
-        <v>323</v>
+        <v>1402</v>
       </c>
       <c r="C281" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="D281" t="s">
-        <v>56</v>
+        <v>1403</v>
       </c>
       <c r="E281" t="s">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="F281" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G281">
+        <v>215</v>
+      </c>
+      <c r="G281" t="s">
+        <v>22</v>
+      </c>
+      <c r="H281">
+        <v>2007</v>
+      </c>
+      <c r="I281">
+        <v>2014</v>
+      </c>
+      <c r="J281" t="s">
+        <v>795</v>
+      </c>
+      <c r="K281" t="s">
+        <v>24</v>
+      </c>
+      <c r="L281"/>
+      <c r="M281" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N281" t="s">
+        <v>27</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1404</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C282" t="s">
+        <v>538</v>
+      </c>
+      <c r="D282" t="s">
+        <v>882</v>
+      </c>
+      <c r="E282" t="s">
+        <v>73</v>
+      </c>
+      <c r="F282" t="s">
+        <v>215</v>
+      </c>
+      <c r="G282" t="s">
+        <v>54</v>
+      </c>
+      <c r="H282">
         <v>2017</v>
       </c>
-      <c r="H281"/>
-[...36 lines deleted...]
-      <c r="G282">
+      <c r="I282"/>
+      <c r="J282" t="s">
+        <v>795</v>
+      </c>
+      <c r="K282" t="s">
+        <v>24</v>
+      </c>
+      <c r="L282"/>
+      <c r="M282" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N282" t="s">
+        <v>27</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1408</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C283" t="s">
+        <v>538</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E283" t="s">
+        <v>20</v>
+      </c>
+      <c r="F283" t="s">
+        <v>215</v>
+      </c>
+      <c r="G283" t="s">
+        <v>54</v>
+      </c>
+      <c r="H283">
         <v>2012</v>
       </c>
-      <c r="H282"/>
-[...36 lines deleted...]
-      <c r="G283">
+      <c r="I283"/>
+      <c r="J283" t="s">
+        <v>795</v>
+      </c>
+      <c r="K283" t="s">
+        <v>24</v>
+      </c>
+      <c r="L283"/>
+      <c r="M283" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1413</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C284" t="s">
+        <v>538</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E284" t="s">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
+        <v>215</v>
+      </c>
+      <c r="G284" t="s">
+        <v>54</v>
+      </c>
+      <c r="H284">
         <v>2013</v>
       </c>
-      <c r="H283"/>
-[...36 lines deleted...]
-      <c r="G284">
+      <c r="I284"/>
+      <c r="J284" t="s">
+        <v>547</v>
+      </c>
+      <c r="K284" t="s">
+        <v>24</v>
+      </c>
+      <c r="L284"/>
+      <c r="M284" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1418</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C285" t="s">
+        <v>538</v>
+      </c>
+      <c r="D285" t="s">
+        <v>992</v>
+      </c>
+      <c r="E285" t="s">
+        <v>20</v>
+      </c>
+      <c r="F285" t="s">
+        <v>215</v>
+      </c>
+      <c r="G285" t="s">
+        <v>54</v>
+      </c>
+      <c r="H285">
         <v>2013</v>
       </c>
-      <c r="H284"/>
-[...36 lines deleted...]
-      <c r="G285">
+      <c r="I285"/>
+      <c r="J285" t="s">
+        <v>795</v>
+      </c>
+      <c r="K285" t="s">
+        <v>24</v>
+      </c>
+      <c r="L285"/>
+      <c r="M285" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N285" t="s">
+        <v>27</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1422</v>
+      </c>
+      <c r="P285" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16">
+      <c r="A286" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C286" t="s">
+        <v>538</v>
+      </c>
+      <c r="D286" t="s">
+        <v>896</v>
+      </c>
+      <c r="E286" t="s">
+        <v>20</v>
+      </c>
+      <c r="F286" t="s">
+        <v>215</v>
+      </c>
+      <c r="G286" t="s">
+        <v>54</v>
+      </c>
+      <c r="H286">
         <v>2013</v>
       </c>
-      <c r="H285"/>
-[...36 lines deleted...]
-      <c r="G286">
+      <c r="I286"/>
+      <c r="J286" t="s">
+        <v>795</v>
+      </c>
+      <c r="K286" t="s">
+        <v>24</v>
+      </c>
+      <c r="L286"/>
+      <c r="M286" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P286" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16">
+      <c r="A287" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C287" t="s">
+        <v>538</v>
+      </c>
+      <c r="D287" t="s">
+        <v>934</v>
+      </c>
+      <c r="E287" t="s">
+        <v>20</v>
+      </c>
+      <c r="F287" t="s">
+        <v>215</v>
+      </c>
+      <c r="G287" t="s">
+        <v>54</v>
+      </c>
+      <c r="H287">
         <v>2013</v>
       </c>
-      <c r="H286"/>
-[...36 lines deleted...]
-      <c r="G287">
+      <c r="I287"/>
+      <c r="J287" t="s">
+        <v>795</v>
+      </c>
+      <c r="K287" t="s">
+        <v>24</v>
+      </c>
+      <c r="L287"/>
+      <c r="M287" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N287" t="s">
+        <v>27</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1430</v>
+      </c>
+      <c r="P287" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C288" t="s">
+        <v>538</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E288" t="s">
+        <v>20</v>
+      </c>
+      <c r="F288" t="s">
+        <v>215</v>
+      </c>
+      <c r="G288" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H288">
         <v>2014</v>
       </c>
-      <c r="H287"/>
-[...36 lines deleted...]
-      <c r="G288">
+      <c r="I288"/>
+      <c r="J288" t="s">
+        <v>1380</v>
+      </c>
+      <c r="K288" t="s">
+        <v>24</v>
+      </c>
+      <c r="L288"/>
+      <c r="M288" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N288" t="s">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1436</v>
+      </c>
+      <c r="P288" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16">
+      <c r="A289" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C289" t="s">
+        <v>538</v>
+      </c>
+      <c r="D289" t="s">
+        <v>558</v>
+      </c>
+      <c r="E289" t="s">
+        <v>20</v>
+      </c>
+      <c r="F289" t="s">
+        <v>215</v>
+      </c>
+      <c r="G289" t="s">
+        <v>22</v>
+      </c>
+      <c r="H289">
         <v>2014</v>
       </c>
-      <c r="H288">
+      <c r="I289">
         <v>2024</v>
       </c>
-      <c r="I288" t="s">
-[...35 lines deleted...]
-      <c r="G289">
+      <c r="J289" t="s">
+        <v>1380</v>
+      </c>
+      <c r="K289" t="s">
+        <v>24</v>
+      </c>
+      <c r="L289"/>
+      <c r="M289" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1440</v>
+      </c>
+      <c r="P289" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16">
+      <c r="A290" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C290" t="s">
+        <v>538</v>
+      </c>
+      <c r="D290" t="s">
+        <v>960</v>
+      </c>
+      <c r="E290" t="s">
+        <v>20</v>
+      </c>
+      <c r="F290" t="s">
+        <v>215</v>
+      </c>
+      <c r="G290" t="s">
+        <v>54</v>
+      </c>
+      <c r="H290">
         <v>2014</v>
       </c>
-      <c r="H289"/>
-[...36 lines deleted...]
-      <c r="G290">
+      <c r="I290"/>
+      <c r="J290" t="s">
+        <v>795</v>
+      </c>
+      <c r="K290" t="s">
+        <v>24</v>
+      </c>
+      <c r="L290"/>
+      <c r="M290" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1444</v>
+      </c>
+      <c r="P290" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16">
+      <c r="A291" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C291" t="s">
+        <v>538</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E291" t="s">
+        <v>20</v>
+      </c>
+      <c r="F291" t="s">
+        <v>215</v>
+      </c>
+      <c r="G291" t="s">
+        <v>54</v>
+      </c>
+      <c r="H291">
         <v>2016</v>
       </c>
-      <c r="H290"/>
-[...36 lines deleted...]
-      <c r="G291">
+      <c r="I291"/>
+      <c r="J291" t="s">
+        <v>795</v>
+      </c>
+      <c r="K291" t="s">
+        <v>24</v>
+      </c>
+      <c r="L291"/>
+      <c r="M291" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N291" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1449</v>
+      </c>
+      <c r="P291" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16">
+      <c r="A292" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C292" t="s">
+        <v>538</v>
+      </c>
+      <c r="D292" t="s">
+        <v>951</v>
+      </c>
+      <c r="E292" t="s">
+        <v>20</v>
+      </c>
+      <c r="F292" t="s">
+        <v>215</v>
+      </c>
+      <c r="G292" t="s">
+        <v>54</v>
+      </c>
+      <c r="H292">
         <v>2016</v>
       </c>
-      <c r="H291"/>
-[...36 lines deleted...]
-      <c r="G292">
+      <c r="I292"/>
+      <c r="J292" t="s">
+        <v>795</v>
+      </c>
+      <c r="K292" t="s">
+        <v>24</v>
+      </c>
+      <c r="L292"/>
+      <c r="M292" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1453</v>
+      </c>
+      <c r="P292" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16">
+      <c r="A293" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C293" t="s">
+        <v>538</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E293" t="s">
+        <v>20</v>
+      </c>
+      <c r="F293" t="s">
+        <v>215</v>
+      </c>
+      <c r="G293" t="s">
+        <v>54</v>
+      </c>
+      <c r="H293">
         <v>2016</v>
       </c>
-      <c r="H292"/>
-[...40 lines deleted...]
-      </c>
+      <c r="I293"/>
       <c r="J293" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="K293" t="s">
+        <v>24</v>
+      </c>
+      <c r="L293"/>
       <c r="M293" t="s">
-        <v>24</v>
+        <v>1365</v>
       </c>
       <c r="N293" t="s">
-        <v>893</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1458</v>
+      </c>
+      <c r="P293" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>894</v>
+        <v>1460</v>
       </c>
       <c r="B294" t="s">
-        <v>323</v>
+        <v>1461</v>
       </c>
       <c r="C294" t="s">
-        <v>492</v>
+        <v>538</v>
       </c>
       <c r="D294" t="s">
-        <v>17</v>
+        <v>1462</v>
       </c>
       <c r="E294" t="s">
-        <v>141</v>
+        <v>940</v>
       </c>
       <c r="F294" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G294">
+        <v>215</v>
+      </c>
+      <c r="G294" t="s">
+        <v>40</v>
+      </c>
+      <c r="H294"/>
+      <c r="I294"/>
+      <c r="J294" t="s">
+        <v>547</v>
+      </c>
+      <c r="K294" t="s">
+        <v>24</v>
+      </c>
+      <c r="L294"/>
+      <c r="M294" t="s">
+        <v>1374</v>
+      </c>
+      <c r="N294" t="s">
+        <v>27</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1463</v>
+      </c>
+      <c r="P294" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16">
+      <c r="A295" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C295" t="s">
+        <v>538</v>
+      </c>
+      <c r="D295" t="s">
+        <v>802</v>
+      </c>
+      <c r="E295" t="s">
+        <v>20</v>
+      </c>
+      <c r="F295" t="s">
+        <v>215</v>
+      </c>
+      <c r="G295" t="s">
+        <v>54</v>
+      </c>
+      <c r="H295">
         <v>2007</v>
       </c>
-      <c r="H294"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I295"/>
       <c r="J295" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K295"/>
+        <v>795</v>
+      </c>
+      <c r="K295" t="s">
+        <v>24</v>
+      </c>
       <c r="L295"/>
       <c r="M295" t="s">
-        <v>24</v>
+        <v>1365</v>
       </c>
       <c r="N295" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1467</v>
+      </c>
+      <c r="P295" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>899</v>
+        <v>1469</v>
       </c>
       <c r="B296" t="s">
-        <v>106</v>
+        <v>1470</v>
       </c>
       <c r="C296" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D296" t="s">
-        <v>17</v>
+        <v>1471</v>
       </c>
       <c r="E296" t="s">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="F296" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G296">
+        <v>215</v>
+      </c>
+      <c r="G296" t="s">
+        <v>54</v>
+      </c>
+      <c r="H296">
+        <v>2014</v>
+      </c>
+      <c r="I296"/>
+      <c r="J296" t="s">
+        <v>48</v>
+      </c>
+      <c r="K296" t="s">
+        <v>24</v>
+      </c>
+      <c r="L296"/>
+      <c r="M296"/>
+      <c r="N296" t="s">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1472</v>
+      </c>
+      <c r="P296" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16">
+      <c r="A297" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C297" t="s">
+        <v>156</v>
+      </c>
+      <c r="D297" t="s">
+        <v>47</v>
+      </c>
+      <c r="E297" t="s">
+        <v>20</v>
+      </c>
+      <c r="F297" t="s">
+        <v>215</v>
+      </c>
+      <c r="G297" t="s">
+        <v>54</v>
+      </c>
+      <c r="H297">
         <v>2013</v>
       </c>
-      <c r="H296"/>
-[...12 lines deleted...]
-        <v>900</v>
+      <c r="I297"/>
+      <c r="J297" t="s">
+        <v>48</v>
+      </c>
+      <c r="K297" t="s">
+        <v>24</v>
+      </c>
+      <c r="L297"/>
+      <c r="M297"/>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1476</v>
+      </c>
+      <c r="P297" t="s">
+        <v>1477</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>