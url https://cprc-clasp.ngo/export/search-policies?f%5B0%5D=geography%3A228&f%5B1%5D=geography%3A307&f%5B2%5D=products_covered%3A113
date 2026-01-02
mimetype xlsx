--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -150,57 +150,57 @@
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
@@ -427,50 +427,53 @@
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
@@ -1731,124 +1734,124 @@
       </c>
       <c r="P19" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>134</v>
       </c>
       <c r="B20" t="s">
         <v>135</v>
       </c>
       <c r="C20" t="s">
         <v>136</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
         <v>63</v>
       </c>
       <c r="G20" t="s">
-        <v>76</v>
+        <v>137</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
       <c r="I20">
         <v>2019</v>
       </c>
       <c r="J20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K20" t="s">
         <v>92</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C21" t="s">
         <v>136</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>33</v>
       </c>
       <c r="F21" t="s">
         <v>63</v>
       </c>
       <c r="G21" t="s">
         <v>76</v>
       </c>
       <c r="H21">
         <v>2010</v>
       </c>
       <c r="I21">
         <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K21" t="s">
         <v>92</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N21" t="s">
         <v>131</v>
       </c>
       <c r="O21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">