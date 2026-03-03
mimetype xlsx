--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="912">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="906">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1277,66 +1277,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
     <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
@@ -2149,83 +2149,60 @@
   <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/53522/</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...8 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...15 lines deleted...]
-    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
@@ -3241,74 +3218,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P186"/>
+  <dimension ref="A1:P185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -7167,136 +7144,136 @@
         <v>65</v>
       </c>
       <c r="K84" t="s">
         <v>51</v>
       </c>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>395</v>
       </c>
       <c r="P84" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>397</v>
       </c>
       <c r="B85" t="s">
         <v>398</v>
       </c>
       <c r="C85" t="s">
-        <v>18</v>
+        <v>191</v>
       </c>
       <c r="D85" t="s">
         <v>196</v>
       </c>
       <c r="E85" t="s">
         <v>63</v>
       </c>
       <c r="F85" t="s">
         <v>205</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>1992</v>
       </c>
       <c r="I85">
         <v>2013</v>
       </c>
       <c r="J85" t="s">
+        <v>330</v>
+      </c>
+      <c r="K85" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>71</v>
+        <v>400</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>401</v>
       </c>
       <c r="P85" t="s">
-        <v>402</v>
+        <v>227</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>397</v>
       </c>
       <c r="B86" t="s">
         <v>398</v>
       </c>
       <c r="C86" t="s">
-        <v>191</v>
+        <v>18</v>
       </c>
       <c r="D86" t="s">
         <v>196</v>
       </c>
       <c r="E86" t="s">
         <v>63</v>
       </c>
       <c r="F86" t="s">
         <v>205</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>1992</v>
       </c>
       <c r="I86">
         <v>2013</v>
       </c>
       <c r="J86" t="s">
-        <v>330</v>
+        <v>402</v>
       </c>
       <c r="K86" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
+        <v>71</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
         <v>403</v>
       </c>
-      <c r="N86" t="s">
-[...2 lines deleted...]
-      <c r="O86" t="s">
+      <c r="P86" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>405</v>
       </c>
       <c r="B87" t="s">
         <v>406</v>
       </c>
       <c r="C87" t="s">
         <v>61</v>
       </c>
       <c r="D87" t="s">
         <v>407</v>
       </c>
       <c r="E87" t="s">
         <v>63</v>
       </c>
       <c r="F87" t="s">
         <v>205</v>
       </c>
       <c r="G87" t="s">
         <v>44</v>
       </c>
       <c r="H87">
@@ -9942,2113 +9919,2063 @@
       </c>
       <c r="M142" t="s">
         <v>605</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
         <v>686</v>
       </c>
       <c r="P142" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
         <v>688</v>
       </c>
       <c r="B143" t="s">
         <v>689</v>
       </c>
       <c r="C143" t="s">
         <v>426</v>
       </c>
       <c r="D143" t="s">
-        <v>690</v>
+        <v>109</v>
       </c>
       <c r="E143" t="s">
         <v>63</v>
       </c>
       <c r="F143" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="G143" t="s">
         <v>44</v>
       </c>
       <c r="H143">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I143">
         <v>2024</v>
       </c>
       <c r="J143" t="s">
+        <v>691</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
         <v>692</v>
-      </c>
-[...4 lines deleted...]
-        <v>693</v>
       </c>
       <c r="M143" t="s">
         <v>429</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
+        <v>693</v>
+      </c>
+      <c r="P143" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
+        <v>695</v>
+      </c>
+      <c r="B144" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="C144" t="s">
         <v>426</v>
       </c>
       <c r="D144" t="s">
-        <v>109</v>
+        <v>697</v>
       </c>
       <c r="E144" t="s">
         <v>63</v>
       </c>
       <c r="F144" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="G144" t="s">
         <v>44</v>
       </c>
       <c r="H144">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I144">
         <v>2024</v>
       </c>
+      <c r="I144"/>
       <c r="J144" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
         <v>698</v>
       </c>
       <c r="M144" t="s">
         <v>429</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
         <v>699</v>
       </c>
       <c r="P144" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
         <v>701</v>
       </c>
       <c r="B145" t="s">
         <v>702</v>
       </c>
       <c r="C145" t="s">
         <v>426</v>
       </c>
       <c r="D145" t="s">
         <v>703</v>
       </c>
       <c r="E145" t="s">
         <v>63</v>
       </c>
       <c r="F145" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="G145" t="s">
         <v>44</v>
       </c>
       <c r="H145">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>692</v>
+        <v>428</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
         <v>704</v>
       </c>
       <c r="M145" t="s">
         <v>429</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
         <v>705</v>
       </c>
       <c r="P145" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
         <v>707</v>
       </c>
       <c r="B146" t="s">
         <v>708</v>
       </c>
       <c r="C146" t="s">
-        <v>426</v>
+        <v>709</v>
       </c>
       <c r="D146" t="s">
-        <v>709</v>
+        <v>270</v>
       </c>
       <c r="E146" t="s">
         <v>63</v>
       </c>
       <c r="F146" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="G146" t="s">
         <v>44</v>
       </c>
       <c r="H146">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>428</v>
+        <v>691</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
         <v>710</v>
       </c>
       <c r="M146" t="s">
         <v>429</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
         <v>711</v>
       </c>
       <c r="P146" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
         <v>713</v>
       </c>
       <c r="B147" t="s">
         <v>714</v>
       </c>
       <c r="C147" t="s">
+        <v>426</v>
+      </c>
+      <c r="D147" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E147" t="s">
         <v>63</v>
       </c>
       <c r="F147" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="G147" t="s">
         <v>44</v>
       </c>
       <c r="H147">
+        <v>2021</v>
+      </c>
+      <c r="I147">
         <v>2024</v>
       </c>
-      <c r="I147"/>
       <c r="J147" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
         <v>716</v>
       </c>
       <c r="M147" t="s">
         <v>429</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
         <v>717</v>
       </c>
       <c r="P147" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
         <v>719</v>
       </c>
       <c r="B148" t="s">
         <v>720</v>
       </c>
       <c r="C148" t="s">
         <v>426</v>
       </c>
       <c r="D148" t="s">
         <v>721</v>
       </c>
       <c r="E148" t="s">
         <v>63</v>
       </c>
       <c r="F148" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="G148" t="s">
         <v>44</v>
       </c>
       <c r="H148">
         <v>2021</v>
       </c>
       <c r="I148">
         <v>2024</v>
       </c>
       <c r="J148" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
         <v>722</v>
       </c>
       <c r="M148" t="s">
         <v>429</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
         <v>723</v>
       </c>
       <c r="P148" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
         <v>725</v>
       </c>
       <c r="B149" t="s">
         <v>726</v>
       </c>
       <c r="C149" t="s">
         <v>426</v>
       </c>
       <c r="D149" t="s">
-        <v>727</v>
+        <v>19</v>
       </c>
       <c r="E149" t="s">
         <v>63</v>
       </c>
       <c r="F149" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="G149" t="s">
         <v>44</v>
       </c>
       <c r="H149">
         <v>2021</v>
       </c>
       <c r="I149">
         <v>2024</v>
       </c>
       <c r="J149" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="M149" t="s">
         <v>429</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
+        <v>728</v>
+      </c>
+      <c r="P149" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
+        <v>730</v>
+      </c>
+      <c r="B150" t="s">
         <v>731</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" t="s">
-        <v>426</v>
+        <v>574</v>
       </c>
       <c r="D150" t="s">
-        <v>19</v>
+        <v>490</v>
       </c>
       <c r="E150" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>691</v>
+        <v>64</v>
       </c>
       <c r="G150" t="s">
         <v>44</v>
       </c>
       <c r="H150">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I150"/>
       <c r="J150" t="s">
-        <v>692</v>
+        <v>575</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
-      <c r="L150" t="s">
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>605</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>732</v>
+      </c>
+      <c r="P150" t="s">
         <v>733</v>
-      </c>
-[...10 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B151" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="C151" t="s">
         <v>574</v>
       </c>
       <c r="D151" t="s">
-        <v>490</v>
+        <v>736</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>64</v>
       </c>
       <c r="G151" t="s">
         <v>44</v>
       </c>
       <c r="H151">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
         <v>575</v>
       </c>
       <c r="K151" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L151"/>
+        <v>51</v>
+      </c>
+      <c r="L151" t="s">
+        <v>737</v>
+      </c>
       <c r="M151" t="s">
-        <v>605</v>
+        <v>738</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="P151" t="s">
-        <v>739</v>
+        <v>733</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
         <v>740</v>
       </c>
       <c r="B152" t="s">
         <v>741</v>
       </c>
       <c r="C152" t="s">
-        <v>574</v>
+        <v>742</v>
       </c>
       <c r="D152" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H152">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I152"/>
+        <v>2006</v>
+      </c>
+      <c r="I152">
+        <v>2006</v>
+      </c>
       <c r="J152" t="s">
-        <v>575</v>
+        <v>744</v>
       </c>
       <c r="K152" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="M152" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>745</v>
-[...3 lines deleted...]
-      </c>
+        <v>747</v>
+      </c>
+      <c r="P152"/>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B153" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C153" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="D153" t="s">
-        <v>749</v>
+        <v>130</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H153">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I153"/>
       <c r="J153" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
-      <c r="L153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L153"/>
       <c r="M153" t="s">
         <v>752</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
         <v>753</v>
       </c>
-      <c r="P153"/>
+      <c r="P153" t="s">
+        <v>754</v>
+      </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="B154" t="s">
         <v>755</v>
       </c>
       <c r="C154" t="s">
+        <v>750</v>
+      </c>
+      <c r="D154" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>44</v>
       </c>
       <c r="H154">
         <v>2014</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="K154" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="P154" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="B155" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="C155" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="D155" t="s">
-        <v>762</v>
+        <v>591</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>21</v>
       </c>
       <c r="G155" t="s">
         <v>44</v>
       </c>
       <c r="H155">
         <v>2014</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="K155" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="P155" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="B156" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C156" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="D156" t="s">
-        <v>591</v>
+        <v>37</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H156">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I156"/>
+        <v>2006</v>
+      </c>
+      <c r="I156">
+        <v>2015</v>
+      </c>
       <c r="J156" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
-      <c r="L156"/>
+      <c r="L156" t="s">
+        <v>762</v>
+      </c>
       <c r="M156" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="P156" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
+        <v>765</v>
+      </c>
+      <c r="B157" t="s">
         <v>766</v>
       </c>
-      <c r="B157" t="s">
+      <c r="C157" t="s">
+        <v>750</v>
+      </c>
+      <c r="D157" t="s">
         <v>767</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H157">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I157"/>
       <c r="J157" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="K157" t="s">
-        <v>24</v>
+        <v>768</v>
       </c>
       <c r="L157" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="M157" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="P157" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B158" t="s">
         <v>772</v>
       </c>
       <c r="C158" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="D158" t="s">
         <v>773</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
         <v>44</v>
       </c>
       <c r="H158">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
         <v>774</v>
       </c>
-      <c r="L158" t="s">
+      <c r="M158" t="s">
+        <v>752</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
         <v>775</v>
       </c>
-      <c r="M158" t="s">
-[...5 lines deleted...]
-      <c r="O158" t="s">
+      <c r="P158" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="B159" t="s">
         <v>778</v>
       </c>
       <c r="C159" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="D159" t="s">
-        <v>779</v>
+        <v>196</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
         <v>44</v>
       </c>
       <c r="H159">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
+        <v>779</v>
+      </c>
+      <c r="M159" t="s">
+        <v>752</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
         <v>780</v>
       </c>
-      <c r="M159" t="s">
-[...5 lines deleted...]
-      <c r="O159" t="s">
+      <c r="P159" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
+        <v>782</v>
+      </c>
+      <c r="B160" t="s">
         <v>783</v>
       </c>
-      <c r="B160" t="s">
+      <c r="C160" t="s">
+        <v>750</v>
+      </c>
+      <c r="D160" t="s">
         <v>784</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
         <v>44</v>
       </c>
       <c r="H160">
         <v>2014</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="K160" t="s">
-        <v>24</v>
+        <v>270</v>
       </c>
       <c r="L160" t="s">
         <v>785</v>
       </c>
       <c r="M160" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
         <v>786</v>
       </c>
       <c r="P160" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
         <v>788</v>
       </c>
       <c r="B161" t="s">
         <v>789</v>
       </c>
       <c r="C161" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="D161" t="s">
         <v>790</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>44</v>
       </c>
       <c r="H161">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="K161" t="s">
-        <v>270</v>
+        <v>24</v>
       </c>
       <c r="L161" t="s">
         <v>791</v>
       </c>
       <c r="M161" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
         <v>792</v>
       </c>
       <c r="P161" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
         <v>794</v>
       </c>
       <c r="B162" t="s">
         <v>795</v>
       </c>
       <c r="C162" t="s">
-        <v>756</v>
+        <v>426</v>
       </c>
       <c r="D162" t="s">
         <v>796</v>
       </c>
       <c r="E162" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F162" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G162" t="s">
         <v>44</v>
       </c>
       <c r="H162">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>757</v>
+        <v>522</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
-      <c r="L162" t="s">
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>429</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
         <v>797</v>
       </c>
-      <c r="M162" t="s">
-[...5 lines deleted...]
-      <c r="O162" t="s">
+      <c r="P162" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
+        <v>799</v>
+      </c>
+      <c r="B163" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="C163" t="s">
         <v>426</v>
       </c>
       <c r="D163" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="E163" t="s">
         <v>63</v>
       </c>
       <c r="F163" t="s">
-        <v>64</v>
+        <v>690</v>
       </c>
       <c r="G163" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H163">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I163"/>
+        <v>2007</v>
+      </c>
+      <c r="I163">
+        <v>2013</v>
+      </c>
       <c r="J163" t="s">
         <v>522</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
-      <c r="L163"/>
+      <c r="L163" t="s">
+        <v>802</v>
+      </c>
       <c r="M163" t="s">
         <v>429</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
         <v>803</v>
       </c>
       <c r="P163" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
         <v>805</v>
       </c>
       <c r="B164" t="s">
-        <v>806</v>
+        <v>800</v>
       </c>
       <c r="C164" t="s">
         <v>426</v>
       </c>
       <c r="D164" t="s">
-        <v>807</v>
+        <v>801</v>
       </c>
       <c r="E164" t="s">
         <v>63</v>
       </c>
       <c r="F164" t="s">
-        <v>691</v>
+        <v>64</v>
       </c>
       <c r="G164" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H164">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I164"/>
       <c r="J164" t="s">
         <v>522</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="M164" t="s">
         <v>429</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="P164" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="B165" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="C165" t="s">
         <v>426</v>
       </c>
       <c r="D165" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="E165" t="s">
         <v>63</v>
       </c>
       <c r="F165" t="s">
         <v>64</v>
       </c>
       <c r="G165" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H165">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I165"/>
+        <v>2007</v>
+      </c>
+      <c r="I165">
+        <v>2015</v>
+      </c>
       <c r="J165" t="s">
         <v>522</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
         <v>812</v>
       </c>
       <c r="M165" t="s">
         <v>429</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
         <v>813</v>
       </c>
       <c r="P165" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
         <v>815</v>
       </c>
       <c r="B166" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="C166" t="s">
         <v>426</v>
       </c>
       <c r="D166" t="s">
-        <v>817</v>
+        <v>796</v>
       </c>
       <c r="E166" t="s">
         <v>63</v>
       </c>
       <c r="F166" t="s">
         <v>64</v>
       </c>
       <c r="G166" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H166">
         <v>2007</v>
       </c>
-      <c r="I166">
-[...1 lines deleted...]
-      </c>
+      <c r="I166"/>
       <c r="J166" t="s">
         <v>522</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="M166" t="s">
         <v>429</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="P166" t="s">
-        <v>820</v>
+        <v>808</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="B167" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C167" t="s">
         <v>426</v>
       </c>
       <c r="D167" t="s">
-        <v>802</v>
+        <v>19</v>
       </c>
       <c r="E167" t="s">
         <v>63</v>
       </c>
       <c r="F167" t="s">
         <v>64</v>
       </c>
       <c r="G167" t="s">
         <v>44</v>
       </c>
       <c r="H167">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
         <v>522</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="M167" t="s">
         <v>429</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="P167" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
+        <v>823</v>
+      </c>
+      <c r="B168" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
       <c r="C168" t="s">
         <v>426</v>
       </c>
       <c r="D168" t="s">
-        <v>19</v>
+        <v>506</v>
       </c>
       <c r="E168" t="s">
         <v>63</v>
       </c>
       <c r="F168" t="s">
-        <v>64</v>
+        <v>690</v>
       </c>
       <c r="G168" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H168">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I168"/>
+        <v>1993</v>
+      </c>
+      <c r="I168">
+        <v>2007</v>
+      </c>
       <c r="J168" t="s">
         <v>522</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="M168" t="s">
         <v>429</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
+        <v>826</v>
+      </c>
+      <c r="P168" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
+        <v>828</v>
+      </c>
+      <c r="B169" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="C169" t="s">
         <v>426</v>
       </c>
       <c r="D169" t="s">
-        <v>506</v>
+        <v>591</v>
       </c>
       <c r="E169" t="s">
         <v>63</v>
       </c>
       <c r="F169" t="s">
-        <v>691</v>
+        <v>64</v>
       </c>
       <c r="G169" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H169">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I169"/>
       <c r="J169" t="s">
         <v>522</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="M169" t="s">
         <v>429</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
+        <v>831</v>
+      </c>
+      <c r="P169" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
+        <v>833</v>
+      </c>
+      <c r="B170" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
       <c r="C170" t="s">
         <v>426</v>
       </c>
       <c r="D170" t="s">
-        <v>591</v>
+        <v>109</v>
       </c>
       <c r="E170" t="s">
         <v>63</v>
       </c>
       <c r="F170" t="s">
         <v>64</v>
       </c>
       <c r="G170" t="s">
         <v>44</v>
       </c>
       <c r="H170">
         <v>2013</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>522</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="M170" t="s">
         <v>429</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
+        <v>836</v>
+      </c>
+      <c r="P170" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
+        <v>838</v>
+      </c>
+      <c r="B171" t="s">
         <v>839</v>
       </c>
-      <c r="B171" t="s">
+      <c r="C171" t="s">
+        <v>512</v>
+      </c>
+      <c r="D171" t="s">
         <v>840</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E171" t="s">
         <v>63</v>
       </c>
       <c r="F171" t="s">
-        <v>64</v>
+        <v>690</v>
       </c>
       <c r="G171" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H171">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I171"/>
+        <v>2017</v>
+      </c>
+      <c r="I171">
+        <v>2021</v>
+      </c>
       <c r="J171" t="s">
-        <v>522</v>
+        <v>448</v>
       </c>
       <c r="K171" t="s">
-        <v>24</v>
+        <v>841</v>
       </c>
       <c r="L171" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="M171" t="s">
-        <v>429</v>
+        <v>843</v>
       </c>
       <c r="N171" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="O171" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="P171" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="B172" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C172" t="s">
-        <v>512</v>
+        <v>848</v>
       </c>
       <c r="D172" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="E172" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>691</v>
+        <v>64</v>
       </c>
       <c r="G172" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H172">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I172"/>
       <c r="J172" t="s">
-        <v>448</v>
+        <v>751</v>
       </c>
       <c r="K172" t="s">
-        <v>847</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L172"/>
       <c r="M172" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="N172" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="P172" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B173" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C173" t="s">
-        <v>854</v>
+        <v>848</v>
       </c>
       <c r="D173" t="s">
         <v>855</v>
       </c>
       <c r="E173" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F173" t="s">
         <v>64</v>
       </c>
       <c r="G173" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H173">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I173"/>
+        <v>2008</v>
+      </c>
+      <c r="I173">
+        <v>2013</v>
+      </c>
       <c r="J173" t="s">
-        <v>757</v>
+        <v>856</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
-      <c r="L173"/>
+      <c r="L173" t="s">
+        <v>387</v>
+      </c>
       <c r="M173" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
         <v>857</v>
       </c>
       <c r="P173" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
         <v>859</v>
       </c>
       <c r="B174" t="s">
         <v>860</v>
       </c>
       <c r="C174" t="s">
-        <v>854</v>
+        <v>512</v>
       </c>
       <c r="D174" t="s">
-        <v>861</v>
+        <v>526</v>
       </c>
       <c r="E174" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>64</v>
       </c>
       <c r="G174" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H174">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I174"/>
       <c r="J174" t="s">
+        <v>441</v>
+      </c>
+      <c r="K174" t="s">
+        <v>270</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>843</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>861</v>
+      </c>
+      <c r="P174" t="s">
         <v>862</v>
-      </c>
-[...16 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="B175" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="C175" t="s">
-        <v>512</v>
+        <v>61</v>
       </c>
       <c r="D175" t="s">
-        <v>526</v>
+        <v>115</v>
       </c>
       <c r="E175" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F175" t="s">
         <v>64</v>
       </c>
       <c r="G175" t="s">
         <v>44</v>
       </c>
       <c r="H175">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>441</v>
+        <v>65</v>
       </c>
       <c r="K175" t="s">
-        <v>270</v>
+        <v>24</v>
       </c>
       <c r="L175"/>
-      <c r="M175" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M175"/>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="P175" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>869</v>
+        <v>863</v>
       </c>
       <c r="B176" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="C176" t="s">
         <v>61</v>
       </c>
       <c r="D176" t="s">
         <v>115</v>
       </c>
       <c r="E176" t="s">
         <v>63</v>
       </c>
       <c r="F176" t="s">
-        <v>64</v>
+        <v>205</v>
       </c>
       <c r="G176" t="s">
         <v>44</v>
       </c>
       <c r="H176">
         <v>2021</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
         <v>65</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="P176" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B177" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="C177" t="s">
         <v>61</v>
       </c>
       <c r="D177" t="s">
-        <v>115</v>
+        <v>872</v>
       </c>
       <c r="E177" t="s">
         <v>63</v>
       </c>
       <c r="F177" t="s">
         <v>205</v>
       </c>
       <c r="G177" t="s">
         <v>44</v>
       </c>
       <c r="H177">
         <v>2021</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
         <v>65</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="P177" t="s">
-        <v>875</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="B178" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="C178" t="s">
         <v>61</v>
       </c>
       <c r="D178" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="E178" t="s">
         <v>63</v>
       </c>
       <c r="F178" t="s">
         <v>205</v>
       </c>
       <c r="G178" t="s">
         <v>44</v>
       </c>
       <c r="H178">
         <v>2021</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
         <v>65</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="O178" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="P178" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B179" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="C179" t="s">
         <v>61</v>
       </c>
       <c r="D179" t="s">
-        <v>882</v>
+        <v>130</v>
       </c>
       <c r="E179" t="s">
         <v>63</v>
       </c>
       <c r="F179" t="s">
         <v>205</v>
       </c>
       <c r="G179" t="s">
         <v>44</v>
       </c>
       <c r="H179">
         <v>2021</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
         <v>65</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="P179" t="s">
-        <v>140</v>
+        <v>881</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="B180" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="C180" t="s">
         <v>61</v>
       </c>
       <c r="D180" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="E180" t="s">
         <v>63</v>
       </c>
       <c r="F180" t="s">
         <v>205</v>
       </c>
       <c r="G180" t="s">
         <v>44</v>
       </c>
       <c r="H180">
         <v>2021</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>65</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="P180" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="B181" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="C181" t="s">
         <v>61</v>
       </c>
       <c r="D181" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
       <c r="E181" t="s">
         <v>63</v>
       </c>
       <c r="F181" t="s">
         <v>205</v>
       </c>
       <c r="G181" t="s">
         <v>44</v>
       </c>
       <c r="H181">
         <v>2021</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
         <v>65</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="O181" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="P181" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B182" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="C182" t="s">
         <v>61</v>
       </c>
       <c r="D182" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="E182" t="s">
         <v>63</v>
       </c>
       <c r="F182" t="s">
         <v>205</v>
       </c>
       <c r="G182" t="s">
         <v>44</v>
       </c>
       <c r="H182">
         <v>2021</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
         <v>65</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182"/>
       <c r="M182"/>
       <c r="N182" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="P182" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B183" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="C183" t="s">
         <v>61</v>
       </c>
       <c r="D183" t="s">
-        <v>102</v>
+        <v>270</v>
       </c>
       <c r="E183" t="s">
         <v>63</v>
       </c>
       <c r="F183" t="s">
         <v>205</v>
       </c>
       <c r="G183" t="s">
         <v>44</v>
       </c>
       <c r="H183">
         <v>2021</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
         <v>65</v>
       </c>
       <c r="K183" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="L183"/>
       <c r="M183"/>
       <c r="N183" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="O183" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="P183" t="s">
-        <v>899</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="B184" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="C184" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="D184" t="s">
-        <v>270</v>
+        <v>899</v>
       </c>
       <c r="E184" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>205</v>
       </c>
       <c r="G184" t="s">
         <v>44</v>
       </c>
       <c r="H184">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="K184" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L184"/>
       <c r="M184"/>
       <c r="N184" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="P184" t="s">
-        <v>140</v>
+        <v>901</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
+        <v>902</v>
+      </c>
+      <c r="B185" t="s">
         <v>903</v>
       </c>
-      <c r="B185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" t="s">
-        <v>18</v>
+        <v>146</v>
       </c>
       <c r="D185" t="s">
-        <v>905</v>
+        <v>37</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>205</v>
       </c>
       <c r="G185" t="s">
         <v>44</v>
       </c>
       <c r="H185">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
         <v>38</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185"/>
       <c r="M185"/>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="P185" t="s">
-        <v>907</v>
-[...43 lines deleted...]
-        <v>911</v>
+        <v>905</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">